--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -1,80 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1D6BBA1E" w14:textId="20960520" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00E40ECB">
+    <w:p w14:paraId="1D6BBA1E" w14:textId="45245ED6" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00E40ECB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F3089">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0039606D">
+      <w:r w:rsidR="00780C65">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005F3089">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> YILI TİCARET SİCİLİ HARÇ TARİFESİ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48CFCBA4" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="005F3089" w:rsidRDefault="00E40ECB" w:rsidP="00E40ECB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
@@ -104,1985 +106,1915 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">ŞAHIS  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="113EBBA5" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2EB17525" w14:textId="711DE0AB" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+          <w:p w14:paraId="2EB17525" w14:textId="796E6CA3" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">KURULUŞ                              </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">                   </w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidR="00B44E64">
-[...21 lines deleted...]
-              <w:t>595</w:t>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00B44E64">
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>TL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E7DBDD" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21EA9BCE" w14:textId="0B003A0A" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YETKİLİ                                      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4068049A" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71856ED2" w14:textId="2EECD44D" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SİCİL TASDİKNAMESİ                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>895</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E995348" w14:textId="77777777" w:rsidR="00B914C4" w:rsidRDefault="00B914C4" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B2A774B" w14:textId="771655F7" w:rsidR="00B914C4" w:rsidRDefault="00B914C4" w:rsidP="00B914C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>İFLAS VE KONKORDATO                           895.80.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="372F4666" w14:textId="77777777" w:rsidR="00B914C4" w:rsidRDefault="00B914C4" w:rsidP="00B914C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27859824" w14:textId="19D09E19" w:rsidR="00B914C4" w:rsidRDefault="00B914C4" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>FİRMA DURUM BELGESİ                            895.80.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26F95731" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4692B1AA" w14:textId="7BBD956D" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AMAÇ KONU DEĞİŞİKLİĞİ        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B6AFD0" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F836500" w14:textId="352D2301" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ADRES DEĞİŞİKLİĞİ                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EC691CF" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42740CA8" w14:textId="7A9D19A1" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TERK                                                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1.053</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7916669D" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47900C2B" w14:textId="35F46C76" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOTOKOPİ TASDİKİ                             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C2FB013" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C82BCAB" w14:textId="2BCF68A8" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACENTELİK İLANI                             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E8CB806" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="077C9819" w14:textId="5A1F2597" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UNVAN DEĞİŞİKLİĞİ               </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51E3A95C" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25E503B1" w14:textId="41A33FE7" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACENTELİK FESHİ    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1.053</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DCB6BE6" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FF74526" w14:textId="34C2E069" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>111.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.MADDEYE GÖRE BELGE   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>895</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C24A08B" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="142FB0E4" w14:textId="6DE1EEA2" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TİCARİ İŞLETME REHNİ                   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>TL</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">YETKİLİ                                      </w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04A1DDBE" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50C47D5E" w14:textId="7DA1B766" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ŞUBE TESCİLİ(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DIŞARIDAN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D0A5398" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3035BCE5" w14:textId="218F180B" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE TESCİLİ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>( DIŞARIYA</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)              </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
-            <w:r w:rsidRPr="00683CB3">
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="189C6C65" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43F711F1" w14:textId="45815B67" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE TESCİLİ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>( DAHİLDE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78782DAE" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="357D51F7" w14:textId="1FA49D5B" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DEĞİŞİKLİK TE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SCİLİ              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23BE3DFC" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="545CAA70" w14:textId="5070DEFD" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SEYEHAT ACENTELİĞİ                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="020365E1" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57681E63" w14:textId="39295202" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NEVİ DEĞİŞİKLİĞİ                            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="506297E7" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="716A64E3" w14:textId="667CC350" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MERKEZ NAKLİ (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GELEN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19AD4EDB" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28B6DABD" w14:textId="4FB4B1FE" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MERKEZ NAKLİ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>( GİDEN</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09F23A76" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CB98461" w14:textId="1839E2D6" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">REHİN İPTALİ                                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1.053.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="641849F7" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12DA6293" w14:textId="7102B359" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SERMAYE ARTIRIM                     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F044CB6" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
+          <w:p w14:paraId="42FFBB82" w14:textId="614F2AE3" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>SUBE KAPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NIŞ    </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidR="00B44E64">
-[...55 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidR="00B44E64">
-[...1729 lines deleted...]
-              <w:t>0</w:t>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1.053.00</w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.TL.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67C93873" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
           <w:p w14:paraId="2D8785E5" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
           <w:p w14:paraId="43286E2B" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
           <w:p w14:paraId="01174882" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
           <w:p w14:paraId="75455161" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
           <w:p w14:paraId="7F4FF23E" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
           <w:p w14:paraId="390D3194" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
           <w:p w14:paraId="4A33DAC0" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
           <w:p w14:paraId="425BC560" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55AFD49B" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
@@ -2091,1991 +2023,2053 @@
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">KOOPERATİF  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="557C2B41" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="17943A80" w14:textId="0907CD0A" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+          <w:p w14:paraId="17943A80" w14:textId="6384B895" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">KURULUŞ                                             </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidR="00B44E64">
-[...21 lines deleted...]
-              <w:t>595</w:t>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00B44E64">
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C950AD5" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CCD480C" w14:textId="5F107EC5" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YETKİLİ                                                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A51D6D1" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50AADD7A" w14:textId="33B17059" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TADİL                                                      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45FF6B16" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72BBF5B1" w14:textId="756A2151" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ADRES DEĞİŞİKLİĞİ                        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FCD8B2D" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B610B32" w14:textId="2A99022A" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TASFİYE GİRİŞ                                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F772CD" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33FC0335" w14:textId="69C998D9" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TASFİYE KAPANIŞ                               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1.053.00.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6613CED6" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="075EE1F6" w14:textId="37FFE9D7" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>SİC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>İ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L TASDİKNAMESİ                            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>895</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FBAA615" w14:textId="668270AF" w:rsidR="00B914C4" w:rsidRDefault="00B914C4" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3529C98F" w14:textId="1F3BD660" w:rsidR="00B914C4" w:rsidRDefault="00B914C4" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>İFLAS VE KONKORDATO                              895.80.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="559BF41F" w14:textId="5AF11B88" w:rsidR="00B914C4" w:rsidRDefault="00B914C4" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EBA1B2D" w14:textId="734DDCE7" w:rsidR="00B914C4" w:rsidRDefault="00B914C4" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FİRMA DURUM BELGESİ                               895.80.TL. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0F5675" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D74BA46" w14:textId="0D207020" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SERMAYE ARTIRIM                        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="521AB4E5" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="659A8823" w14:textId="59095A27" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>GENEL KURUL (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OLAĞAN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74658379" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7571B436" w14:textId="668EC1D4" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>GENEL KURUL (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OLAĞANÜSTÜ)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="261B742E" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0644C63B" w14:textId="71B71173" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOTOKOPİ TASDİKİ                            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17757DC8" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11672BEA" w14:textId="0FAEB881" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AMAÇ KONU DEĞİŞİKLİĞİ             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E0C63B5" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C59FD54" w14:textId="05A5B327" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YETKİ İPTALİ                                        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1.053.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235872E8" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="133CFDA2" w14:textId="6325CED2" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UNVAN DEĞİŞİKLİĞİ                         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25DAF10B" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B5DE785" w14:textId="516B1FE1" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.MADDEYE GÖRE BELGE    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>895</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00780C65">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.TL.   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C87BFD2" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ED6A159" w14:textId="51C6C472" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TASFİYEDEN DÖNÜŞ                        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AF8A6CD" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4023EDA6" w14:textId="67633F1B" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ŞUBE TESCİLİ(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DIŞARIDAN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D60D7B7" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47405C39" w14:textId="57EAD7BC" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE TESCİLİ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>( DIŞARIYA</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)                 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B1EE142" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AB45FB1" w14:textId="142DA05E" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE TESCİLİ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>( DAHİLDE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34C7E46A" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73928B8C" w14:textId="067F8C33" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DEĞİŞİKLİK TE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SCİLİ            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58008048" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26461EE7" w14:textId="4C75E4C6" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>SUBE KAPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NIŞ    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  1.053.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B1C481A" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3706F286" w14:textId="6A225E57" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NEVİ DEĞİŞİKLİĞİ                             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2092D9DF" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CBCF5A9" w14:textId="0F20B55A" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MERKEZ NAKLİ (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GELEN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>466</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38293055" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F3001DA" w14:textId="0A97A927" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MERKEZ NAKLİ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>( GİDEN</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)                        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B914C4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AA4C004" w14:textId="12A7743D" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D6723EF" w14:textId="5509A8C6" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>BİLANÇO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                         </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  616</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>TL.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C950AD5" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
-[...1794 lines deleted...]
-          </w:p>
           <w:p w14:paraId="68DA506D" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A4C662D" w14:textId="1B6193C1" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+          <w:p w14:paraId="1A4C662D" w14:textId="66A29AE5" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>GELİR GİDER</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                               </w:t>
-[...23 lines deleted...]
-              <w:t>247,40.</w:t>
+              <w:t xml:space="preserve">                                                    </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>294.20.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>TL.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FF89A7F" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E40ECB" w14:paraId="0BDB94FD" w14:textId="77777777" w:rsidTr="00A84D4F">
         <w:trPr>
           <w:trHeight w:val="13642"/>
         </w:trPr>
         <w:tc>
@@ -4091,2251 +4085,2449 @@
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">ANONİM ŞİRKET </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EF2DAB9" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="55BDC1F9" w14:textId="22C2502F" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+          <w:p w14:paraId="55BDC1F9" w14:textId="696BA7FD" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">KURULUŞ                                    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BE552D">
-[...15 lines deleted...]
-            <w:r w:rsidR="00010BE6">
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>354</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BC75455" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58FB29C7" w14:textId="33E4E67B" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YETKİLİ                                              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="367E9C86" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EC0E2D6" w14:textId="2025B9A1" w:rsidR="00E33069" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TADİL                                                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="651DDC66" w14:textId="77777777" w:rsidR="00E33069" w:rsidRDefault="00E33069" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="745E4015" w14:textId="0B2CCD39" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ADRES DEĞİŞİKLİĞİ                         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ECD598B" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06F10357" w14:textId="0EF20811" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TASFİYE GİRİŞ                              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6719CBE9" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63B0A965" w14:textId="519171B3" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TASFİYE KAPANIŞ                         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5F7C49" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FC03BA4" w14:textId="22236BB3" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SİCİL TASDİKNAMESİ                     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>895</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33069">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43E7857F" w14:textId="77777777" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43666340" w14:textId="76DA41EC" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00E06871">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>İFLAS VE KONKORDATO                           895.80.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49FA6863" w14:textId="77777777" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00E06871">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26838B83" w14:textId="16CF19F4" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00E06871">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FİRMA DURUM BELGESİ                            895.80.TL. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CBCFD76" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D8FFA8C" w14:textId="187E11E2" w:rsidR="00E06871" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SERMAYE ARTIRIM                     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1416CA48" w14:textId="495ADAFD" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="278A5DA3" w14:textId="23F4C6C8" w:rsidR="00E06871" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>GENEL KURUL (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OLAĞAN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59CDC755" w14:textId="4664E3F7" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DF8B9BF" w14:textId="63EAA51B" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>GENEL KURUL (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OLAĞANÜSTÜ)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49FACC92" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3586E45E" w14:textId="5124F1DE" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOTOKOPİ TASDİKİ                             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12F3B022" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29B8D4DB" w14:textId="4B2D456F" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AMAÇ KONU DEĞİŞİKLİĞİ           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32CA9A7E" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06D32A78" w14:textId="67A2633E" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YETKİ İPTALİ                                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC6228E" w14:textId="77777777" w:rsidR="00E06871" w:rsidRPr="00683CB3" w:rsidRDefault="00E06871" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E10F005" w14:textId="0CB17FE3" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UNVAN DEĞİŞİKLİĞİ                     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD4D306" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71B05389" w14:textId="49232078" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ŞUBE AÇILIŞI (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DAHİLDE )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>354</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14819E1E" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B9B9560" w14:textId="494833C0" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ŞUBE AÇILIŞI (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DIŞARIYA)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ABE71B9" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="671D849F" w14:textId="2B2C98EC" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE KAPANIŞI                             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7275AD5D" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2788AE51" w14:textId="155590BB" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ŞUBE AÇILIŞI (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DIŞARIDAN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>354</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="419411B2" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42D583BB" w14:textId="77777777" w:rsidR="00E06871" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DEĞİŞİKLİK TE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SCİLİ           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21607458" w14:textId="0C5C0FC4" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="119F0118" w14:textId="029A81F4" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>111.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.MADDEYE GÖRE BELGE   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>898</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF99FE8" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="217BC070" w14:textId="17738171" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACENTELİK İLANI                           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8.598,80</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23923CC4" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C31E7E5" w14:textId="12FADB4D" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACENTELİK FESHİ                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BE552D">
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>707</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="619A1AF9" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7009BA0A" w14:textId="2C0E81B1" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MERKEZ NAKİL (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GİDEN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40330DF0" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01AA9738" w14:textId="346D8205" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MERKEZ NAKLİ (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GELEN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>354</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0877E975" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B43E420" w14:textId="004101FF" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MERKEZ NAKLİ GİDEN İPTAL     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>707</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
+            <w:r w:rsidR="00E06871" w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3454DC36" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3690D464" w14:textId="795BE152" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>NEVİ DEĞİŞİKLİĞİ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>354</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.TL.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BC75455" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
-[...54 lines deleted...]
-              <w:t>229</w:t>
+          <w:p w14:paraId="54DFFE4C" w14:textId="77777777" w:rsidR="00B17911" w:rsidRDefault="00B17911" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CA97B5E" w14:textId="0DAB021C" w:rsidR="00B17911" w:rsidRDefault="00B17911" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SEYEHAT ACENTELİĞİ           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00010BE6">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00683CB3">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D30D2D2" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0514C1F9" w14:textId="6417CAEB" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>BİLANÇO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                      </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  616.30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08620E5B" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34CD6292" w14:textId="52F1856D" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>GELİR GİDER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                             </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06871">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>294,20</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.TL.</w:t>
-            </w:r>
-[...2000 lines deleted...]
-              <w:t xml:space="preserve"> .TL.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="464B46A4" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50E1E5FB" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>LİMİTED ŞİRKET</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0540B750" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1EC52579" w14:textId="7934B450" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+          <w:p w14:paraId="1EC52579" w14:textId="722DE91A" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">KURULUŞ                                                </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
@@ -6347,2325 +6539,2667 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E90283">
-[...37 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>35.354.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C3B4949" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59771D15" w14:textId="4E87C20D" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YETKİLİ                                                   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49A384DF" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="212D3B7A" w14:textId="37935D27" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TADİL                                                              </w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F4F7057" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05959C37" w14:textId="367DC6EB" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ADRES DEĞİŞİKLİĞİ                              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57969EF4" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="485CE097" w14:textId="205A9689" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TASFİYE GİRİŞ                                           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E20D48D" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C86FAF1" w14:textId="792413FD" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TASFİYE KAPANIŞ                                     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2155C199" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="589BB58A" w14:textId="687C5B93" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SİCİL TASDİKNAMESİ                                   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>895</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C251B79" w14:textId="269BC5B4" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A5F427B" w14:textId="77777777" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00E06871">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>İFLAS VE KONKORDATO                              895.80.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="238643CC" w14:textId="77777777" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00E06871">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70E3BE26" w14:textId="77777777" w:rsidR="00E06871" w:rsidRDefault="00E06871" w:rsidP="00E06871">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FİRMA DURUM BELGESİ                               895.80.TL. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C02BE39" w14:textId="77777777" w:rsidR="00E06871" w:rsidRPr="00683CB3" w:rsidRDefault="00E06871" w:rsidP="00E06871">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04601235" w14:textId="77A92696" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SERMAYE ARTIRIM                          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A73326" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D6225FA" w14:textId="3E416860" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOTOKOPİ TASDİKİ                                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4957B452" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44AD9916" w14:textId="2F434160" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AMAÇ KONU DEĞİŞİKLİĞİ                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52D6BF07" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="136B47D0" w14:textId="4E629F90" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>GENEL KURUL (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OLAĞAN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15AEA8FE" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6895D51D" w14:textId="5F3DC35F" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>GENEL KURUL (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OLAĞANÜSTÜ)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="571DA641" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="277FFAF5" w14:textId="11A325AE" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YETKİ İPTALİ                                           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73CB5FB1" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C230F92" w14:textId="3587CEA2" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UNVAN DEĞİŞİKLİĞİ         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                         </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4819410F" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BE1C14E" w14:textId="3D19D129" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ŞUBE AÇILIŞI (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DAHİLDE )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EC1938B" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13461CE8" w14:textId="0592AD46" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DEĞİŞİKLİK TE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SCİLİ              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03CFA8DB" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="508D925B" w14:textId="149CAAE7" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ŞUBE AÇILIŞI (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DIŞARIYA)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62347AC2" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12564C2E" w14:textId="79DABB39" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŞUBE KAPANIŞI                                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B5432D" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BDECD3F" w14:textId="3A7CB82F" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ŞUBE AÇILIŞI (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DIŞARIDAN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>354</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.TL.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C3B4949" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">YETKİLİ                                                   </w:t>
+          <w:p w14:paraId="0F2C846E" w14:textId="77777777" w:rsidR="00B17911" w:rsidRDefault="00B17911" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4499D4FD" w14:textId="22444426" w:rsidR="00B17911" w:rsidRDefault="00B17911" w:rsidP="00B17911">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>111.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.MADDEYE GÖRE BELGE   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:t>898</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D74B0B2" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F2D1DB4" w14:textId="37965251" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACENTELİK İLANI                             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D971F6" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00F5AF9B" w14:textId="306BC5DF" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACENTELİK FESHİ                           </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00683CB3">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C5E7A7D" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F8DFB8D" w14:textId="0422A07E" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MERKEZ NAKİL (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GİDEN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>266</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F85C6B" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46FE22A7" w14:textId="3C0A037A" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MERKEZ NAKLİ (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GELEN)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>354</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E8439D6" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51AB8010" w14:textId="186C661A" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MERKEZ NAKLİ GİDEN İPTAL          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2.707.50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E90283">
-[...7 lines deleted...]
-            <w:r w:rsidR="00E90283" w:rsidRPr="00683CB3">
+          </w:p>
+          <w:p w14:paraId="3B5CBDEE" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FEF1E50" w14:textId="3EA9FB96" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SEYEHAT ACENTELİĞİ              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>598</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="436ACE83" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73813D58" w14:textId="68E2D9FB" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>NEVİ DEĞİŞİKİLĞİ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                     </w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE6DF4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>354</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E732EB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.TL.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49A384DF" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
-[...130 lines deleted...]
-            <w:r w:rsidR="00E90283" w:rsidRPr="00683CB3">
+          <w:p w14:paraId="401B5D4B" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74D6D7B1" w14:textId="08D95D50" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>BİLANÇO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                           </w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>616.30.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>L.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="711D8C25" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1596688C" w14:textId="0CE65120" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683CB3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>GELİR GİDER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B17911">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  294.20</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.TL.</w:t>
-            </w:r>
-[...1921 lines deleted...]
-              <w:t>TL.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46357523" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRPr="00683CB3" w:rsidRDefault="00E40ECB" w:rsidP="00A84D4F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01EF5627" w14:textId="77777777" w:rsidR="00E40ECB" w:rsidRDefault="00E40ECB" w:rsidP="00E40ECB"/>
     <w:p w14:paraId="3A05D18D" w14:textId="77777777" w:rsidR="00FC790A" w:rsidRDefault="00FC790A"/>
-    <w:sectPr w:rsidR="00FC790A" w:rsidSect="00053A71">
+    <w:sectPr w:rsidR="00FC790A" w:rsidSect="00E06871">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="1417" w:bottom="709" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="1417" w:bottom="567" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="09638D9C" w14:textId="77777777" w:rsidR="00EF2296" w:rsidRDefault="00EF2296" w:rsidP="00E06871">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="62320A71" w14:textId="77777777" w:rsidR="00EF2296" w:rsidRDefault="00EF2296" w:rsidP="00E06871">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7AA3F3B8" w14:textId="77777777" w:rsidR="00EF2296" w:rsidRDefault="00EF2296" w:rsidP="00E06871">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1D88B519" w14:textId="77777777" w:rsidR="00EF2296" w:rsidRDefault="00EF2296" w:rsidP="00E06871">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E40ECB"/>
-    <w:rsid w:val="00010BE6"/>
     <w:rsid w:val="0039606D"/>
-    <w:rsid w:val="00B44E64"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C80950"/>
+    <w:rsid w:val="00780C65"/>
+    <w:rsid w:val="00B17911"/>
+    <w:rsid w:val="00B914C4"/>
+    <w:rsid w:val="00E06871"/>
+    <w:rsid w:val="00E33069"/>
     <w:rsid w:val="00E40ECB"/>
-    <w:rsid w:val="00E90283"/>
+    <w:rsid w:val="00E732EB"/>
+    <w:rsid w:val="00EF2296"/>
     <w:rsid w:val="00FC790A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -9089,63 +9623,117 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E06871"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E06871"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E06871"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E06871"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9404,69 +9992,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1132</Words>
-  <Characters>6459</Characters>
+  <Words>1129</Words>
+  <Characters>6437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7576</CharactersWithSpaces>
+  <CharactersWithSpaces>7551</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BURCU</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>