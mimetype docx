--- v0 (2025-10-08)
+++ v1 (2026-02-05)
@@ -1,357 +1,345 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
+    <w:p w14:paraId="52EBFC4F" w14:textId="77777777" w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67F32DC7" wp14:editId="77300FEB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29C969F8" wp14:editId="2EF32AC4">
             <wp:extent cx="990600" cy="1042735"/>
             <wp:effectExtent l="0" t="0" r="0" b="5080"/>
             <wp:docPr id="4" name="Resim 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Resim 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="1042735"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
+    <w:p w14:paraId="78880988" w14:textId="40D07734" w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A37E1C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>BEYPAZARI TİCARET ODASI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
+    <w:p w14:paraId="15E29441" w14:textId="77777777" w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>İŞ MAKİNASI TESCİL İŞLEMLERİ GECİKTİRME CEZALARI HAKKINDA DUYURU!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
+    <w:p w14:paraId="305E402E" w14:textId="77777777" w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="2AD0F1E4" w14:textId="77777777" w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>İŞ MAKİNASI TESCİL İŞLEMLERİ GECİKTİRME CEZALARI HAKKINDA DUYURU!</w:t>
-[...11 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
+    <w:p w14:paraId="1F919B10" w14:textId="77777777" w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="30"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
+    <w:p w14:paraId="2FF66A16" w14:textId="1C741AB3" w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Gümrük giriş beyanname tarihinden itibaren tescil işlem müracaatı 90 günü geçmiş, tescil işlemleri ilk defa yapılacak iş makinası işlemleri için,</w:t>
+      </w:r>
+      <w:r w:rsidR="009604BD">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">öncelikle Beypazarı Trafik Denetleme Şube Müdürlüğü’ne, Motor </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Noter satış sözleşmesinden itibaren, tescil işlem müracaatı 30 günü geçmiş İş Makinası Tescil İşlemleri için, öncelikle Beypazarı Trafik Denetleme Şube Müdürlüğü’ne, Motor No ve Şase No belirtilerek Trafik İdari Para Cezası Karar Tutanağı düzenlettirilmesi, ardından ilgili ödeme mercilerine (Vergi Dairesi vb.) ödeme yapılıp makbuzun aslı ile birlikte, Odamıza başvuru yapmaları gerekmektedir.</w:t>
+        <w:t>No  ve</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Şase No belirtilerek Trafik İdari Para Cezası Karar Tutanağı düzenlettirmesi, ardından ilgili ödeme mercilerine (Vergi Dairesi vb.) ödeme yapılıp makbuz aslı ile birlikte Odamıza başvuru yapmaları gerekmektedir.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
+    <w:p w14:paraId="1B50AD74" w14:textId="77777777" w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
+    <w:p w14:paraId="011AFE5B" w14:textId="25C5D2BE" w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Gümrük giriş beyanname tarihinden itibaren tescil işlem müracaatı 90 günü geçmiş, tescil işlemleri ilk defa yapılacak iş makinası işlemleri </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Beypazarı Trafik Denetleme Şube Müdürlüğü’ne, Motor No  ve Şase No belirtilerek Trafik İdari Para Cezası Karar Tutanağı düzenlettirmesi, ardından ilgili ödeme mercilerine (Vergi Dairesi vb.) ödeme yapılıp makbuz aslı ile birlikte Odamıza başvuru yapmaları gerekmektedir.</w:t>
+        <w:t xml:space="preserve">Karayolları Trafik Kanununun Madde 20 (a) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00183CDE" w:rsidRDefault="00183CDE" w:rsidP="00183CDE">
-[...21 lines deleted...]
-    <w:p w:rsidR="00D2767A" w:rsidRDefault="00D2767A"/>
+    <w:p w14:paraId="039C99EA" w14:textId="77777777" w:rsidR="00D2767A" w:rsidRDefault="00D2767A"/>
     <w:sectPr w:rsidR="00D2767A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF644B"/>
     <w:rsid w:val="00183CDE"/>
+    <w:rsid w:val="001D4B45"/>
+    <w:rsid w:val="0030274C"/>
+    <w:rsid w:val="006416E4"/>
+    <w:rsid w:val="00672C0B"/>
+    <w:rsid w:val="009604BD"/>
     <w:rsid w:val="00D2767A"/>
     <w:rsid w:val="00DF644B"/>
+    <w:rsid w:val="00ED5885"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="010BB2EE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B0AD17C3-59B4-49D6-8F2C-B7D0869CDD10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -679,88 +667,93 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00183CDE"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -992,54 +985,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>144</Words>
-  <Characters>825</Characters>
+  <Words>84</Words>
+  <Characters>483</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>968</CharactersWithSpaces>
+  <CharactersWithSpaces>566</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BTO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>