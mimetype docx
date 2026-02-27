--- v0 (2025-10-08)
+++ v1 (2026-02-27)
@@ -1,508 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="452BEB25" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
-      <w:pPr>
+    <w:p w14:paraId="452BEB25" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KAPASİTE RAPORU BAŞVURU SÜRECİ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E8BBAA" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="40E8BBAA" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">30.10.2024 tarihi itibarıyla yürürlüğe giren </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Yeni Sanayi Kapasite Raporu Programı</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> kapsamında tüm kapasite raporu başvuru ve ödeme işlemleri </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>çevrim içi (online)</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> olarak gerçekleştirilmektedir. Başvuru için </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="006A3FF3">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>www.sanayi.org.tr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> adresi üzerinden sisteme erişim sağlanmalıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B743EB3" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="3B743EB3" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">Başvuru sürecine ilişkin detaylı bilgiye </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>“Yeni Kapasite Raporu Programı Başvuru Kılavuzu”</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> üzerinden ulaşabilirsiniz. Ayrıca, sistemin kullanımıyla ilgili açıklayıcı </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>eğitim videoları</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> da aynı platformda firmaların erişimine sunulmuştur.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75963FFA" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="75963FFA" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">Başvurular; firmanın ortakları ya da </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>e-imza sahibi olarak yetkilendirilmiş kişiler</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> tarafından yapılacaktır. Firma ortakları, </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TOBB firma üye sicil sistemi</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> üzerinden sisteme otomatik olarak tanımlanmaktadır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3814C61F" w14:textId="60D997B3" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="3814C61F" w14:textId="60D997B3" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">Firma dışından bir kişinin başvuru yapabilmesi için, firmanın bu kişiye </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Yetki Belgesi</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> düzenlemesi ve bu belgeyi </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>kapasite@izto.org.tr</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> adresine e-posta yoluyla iletmesi gerekmektedir. Belge ulaştıktan sonra ilgili kişi için sistem üzerinde yetkilendirme işlemi yapılacaktır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10015D4B" w14:textId="5DAA144C" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
-      <w:pPr>
+    <w:p w14:paraId="10015D4B" w14:textId="5DAA144C" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KAPASİTE RAPORU İÇİN GEREKLİ OLAN BELGELER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F64CB68" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="1F64CB68" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">Başvuru sürecinde sisteme yüklenmesi gereken </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>zorunlu belgeler</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> aşağıda listelenmiştir. Belgelerin her biri,  PDF dosyası halinde hazırlanmalı ve eksiksiz olarak sisteme yüklenmelidir:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78DC215B" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="78DC215B" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SGK Hizmet Listesi:</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:br/>
         <w:t xml:space="preserve">Kapasite raporu düzenlenecek işyerine ait, son 1 aya ilişkin </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SGK sigortalı hizmet listesi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF89253" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="2FF89253" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>İşyeri Mülkiyet Belgesi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E125424" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="6E125424" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">Mal sahibi ise: </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tapu belgesi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5032C8B0" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="5032C8B0" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">Organize Sanayi Bölgesi’nde ise: </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tapu veya Tapu Tahsis Belgesi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4749D916" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="4749D916" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">Kiralık işyeri ise: </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>İşyeri kira sözleşmesi</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7719EFF7" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="7719EFF7" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Makine ve Teçhizat Listesi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3917C1CE" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="3917C1CE" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">Firmanın mülkiyetinde bulunan </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>makine ve teçhizat listesi</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F72C50A" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="5F72C50A" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Yeminli Mali Müşavir veya Mali Müşavir</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> tarafından onaylanmalı,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FDFC3B" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="50FDFC3B" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t>Bilançoda yer alan toplam kıymet bilgisiyle birlikte sunulmalıdır.</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC236FB" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="3AC236FB" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vergi Levhası:</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:br/>
         <w:t>Güncel tarihli vergi levhası</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C402F7" w14:textId="169DA40B" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8"/>
-    <w:p w14:paraId="45B29805" w14:textId="6F96DFAE" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="47C402F7" w14:textId="169DA40B" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3"/>
+    <w:p w14:paraId="45B29805" w14:textId="6F96DFAE" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>KAPASİTE RAPORU HİZMET ÜCRETİ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7ECCEF" w14:textId="6AF35CD8" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="6F7ECCEF" w14:textId="34BD6DCE" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve">Kapasite raporu hizmet bedeli, </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>yalnızca sistem üzerinden online olarak</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> tahsil edilmektedir.</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Odamız veznesinden ödeme kabul edilmemektedir.</w:t>
       </w:r>
       <w:r w:rsidR="00D80BC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 yılı için güncel fiyat ;</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7CFD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80BC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yılı için güncel fiyat ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E88D3D9" w14:textId="14CC6BD8" w:rsidR="00EA67F8" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="6E88D3D9" w14:textId="49C2D098" w:rsidR="00EA67F8" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Oda Hizmet Ücreti:</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00596467">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00FD7CFD">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00596467">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00FD7CFD">
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3FF3">
         <w:t>00,00 TL</w:t>
       </w:r>
+      <w:r w:rsidR="00984FD3">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3EA3D073" w14:textId="4A56B136" w:rsidR="00596467" w:rsidRPr="006A3FF3" w:rsidRDefault="00596467" w:rsidP="00EA67F8">
+    <w:p w14:paraId="3EA3D073" w14:textId="4E1033DA" w:rsidR="00596467" w:rsidRPr="006A3FF3" w:rsidRDefault="00816A65" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bilirkişi / </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Eskpertiz</w:t>
+      <w:r w:rsidR="00596467">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Eskper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00596467">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Ücreti :</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> 1.300,00 TL</w:t>
+      <w:r w:rsidR="00596467">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7CFD">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00596467">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7CFD">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00596467">
+        <w:t>00,00 TL</w:t>
+      </w:r>
+      <w:r w:rsidR="00984FD3">
+        <w:t xml:space="preserve"> - </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="123422BF" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00EA67F8">
+    <w:p w14:paraId="123422BF" w14:textId="77777777" w:rsidR="00EA67F8" w:rsidRPr="006A3FF3" w:rsidRDefault="00EA67F8" w:rsidP="00984FD3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3FF3">
         <w:t>Ödeme işlemi, başvuru esnasında sistem üzerinden yapılacaktır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544C5084" w14:textId="77777777" w:rsidR="00123B64" w:rsidRDefault="00123B64"/>
+    <w:p w14:paraId="544C5084" w14:textId="77777777" w:rsidR="00123B64" w:rsidRDefault="00123B64" w:rsidP="00984FD3"/>
     <w:sectPr w:rsidR="00123B64">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -814,52 +870,56 @@
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00123B64"/>
     <w:rsid w:val="00123B64"/>
     <w:rsid w:val="00480000"/>
     <w:rsid w:val="00561A91"/>
     <w:rsid w:val="00596467"/>
+    <w:rsid w:val="007B5472"/>
+    <w:rsid w:val="00816A65"/>
+    <w:rsid w:val="00984FD3"/>
     <w:rsid w:val="00D80BC3"/>
     <w:rsid w:val="00EA67F8"/>
+    <w:rsid w:val="00FD7CFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="62F5247B"/>
@@ -2089,54 +2149,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>320</Words>
-  <Characters>1829</Characters>
+  <Words>322</Words>
+  <Characters>1842</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2145</CharactersWithSpaces>
+  <CharactersWithSpaces>2160</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BEYPAZARI TİCARET ODASI</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>