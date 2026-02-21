--- v0 (2025-10-08)
+++ v1 (2026-02-21)
@@ -93,52 +93,50 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> TARİHLİ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>MAL   BEYANI</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
@@ -283,135 +281,145 @@
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8"/>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                                                     FİRMA YETKİLİSİNİN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004068C8" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                                                     </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>ADI , SOYADI</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E107C3" w:rsidRDefault="004068C8" w:rsidP="004068C8">
       <w:r>
-        <w:t xml:space="preserve">                                                                                                    İM</w:t>
+        <w:t xml:space="preserve">                                                                                                    </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E107C3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004068C8"/>
     <w:rsid w:val="004068C8"/>
+    <w:rsid w:val="00AA19CA"/>
     <w:rsid w:val="00E107C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -834,56 +842,85 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA19CA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA19CA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1115,53 +1152,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>99</Words>
-  <Characters>570</Characters>
+  <Characters>568</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>668</CharactersWithSpaces>
+  <CharactersWithSpaces>666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BURCU</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>