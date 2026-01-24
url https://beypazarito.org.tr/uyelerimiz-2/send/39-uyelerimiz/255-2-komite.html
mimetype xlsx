--- v0 (2025-10-08)
+++ v1 (2026-01-24)
@@ -1,1036 +1,1102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BTO\OneDrive\Desktop\2025 İŞ PLANI\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\ORTAK\AKREDİTASYON\SOSYAL MEDYA- WEB- SMS\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\ARALIK 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F90644B2-AB5D-43C6-8498-38E0C25AA905}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{60092583-FF17-4E1C-A6A5-92E3882A2CD0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Veriler" sheetId="1" r:id="rId1"/>
     <sheet name="Parametreler" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="534" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="509" uniqueCount="345">
   <si>
     <t>SIRA NO</t>
   </si>
   <si>
     <t>UYE SICIL NO</t>
   </si>
   <si>
     <t>UNVAN</t>
   </si>
   <si>
+    <t>ADRES</t>
+  </si>
+  <si>
     <t>MESLEK GRUBU</t>
   </si>
   <si>
     <t>NACE FAALIYET KODU</t>
   </si>
   <si>
     <t>NACE FAALIYET ADI</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>001/99</t>
   </si>
   <si>
     <t xml:space="preserve">ÖZALP OTOMOTİV İNŞAAT  DAYANIKLI  TÜKETİM  MOBİLYA  EV TEKSTİL HEDİYELİK EŞYA ZÜCCACİYE BİLGİSAYAR ELEKTRONİKEŞYA SANAYİ VE TİCARET LİMİTED ŞİRKETİ </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
+    <t>Tescil Adresi</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ TAMİRCİLER SOKAK NO: 3 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>02. MESLEK GRUBU</t>
   </si>
   <si>
     <t>47.78.02</t>
   </si>
   <si>
     <t>Kömür ve yakacak odun perakende ticareti</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
     <t>009/99</t>
   </si>
   <si>
     <t>GENÇLER MOTORLU ARAÇLAR TİCARET VE TURİZM ANONİM ŞİRKETİ</t>
   </si>
   <si>
+    <t>HACIKARA MAHALLESİ ALPARSLAN TÜRKEŞ BULVARI NO: 119/5 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>77.11.01</t>
   </si>
   <si>
     <t>Motorlu hafif kara taşıtlarının ve arabaların sürücüsüz olarak kiralanması ve operasyonel leasingi (motosiklet ve motokaravan için olanlar hariç)</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>020/99</t>
   </si>
   <si>
     <t>ÖZDEMİRLER NAKLİYAT İNŞAAT VE GIDA SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>BEYTEPE MAHALLESİ KAYHAN GÜVEN CADDESİ NO: 85 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>49.41.02</t>
   </si>
   <si>
     <t>Kara yolu ile şehirler arası yük taşımacılığı (gıda, sıvı, kuru yük, vb.) (gaz ve petrol ürünleri hariç)</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>026/99</t>
   </si>
   <si>
     <t>BEYTAŞ BEYPAZARI TURİZM NAKLİYAT VE TİCARET ANONİM ŞİRKETİ</t>
   </si>
   <si>
+    <t>BEYTEPE MH.ALPARSLAN TÜRKEŞ BULVARI NO:138 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>47.30.01</t>
   </si>
   <si>
     <t>Motorlu kara taşıtı ve motosiklet yakıtının perakende ticareti</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>031/99</t>
-[...2 lines deleted...]
-    <t>ARAS KARDEŞLER PETROL NAKLİYAT TEKSTİL GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>038/99</t>
+  </si>
+  <si>
+    <t>ÇELİK KARDEŞLER PETROL SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>DİBECİK MAH. DİBECİK MÜCAVİR KÜME EVLERİ NO: 60 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>100/99</t>
+  </si>
+  <si>
+    <t>TERMİKSAN İNŞAAT NAKLİYAT GIDA TURİZM PETROL VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MH.BADEM SK.NO:20/2 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>1018/00</t>
+  </si>
+  <si>
+    <t>ALİ KOCABAŞ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ HEMŞİRE ŞENGÜL UZUNER SOKAK NO: 10 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>1028/99</t>
+  </si>
+  <si>
+    <t>BEYSAFİR YAPI İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ÖĞRETMEN EVLERİ ( KÜME EVLER ) ÖĞRETMEN EVLERİ KOOP. SİT. 1.BLOK APT.  NO: 1/3  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>1066/99</t>
+  </si>
+  <si>
+    <t>TAŞKIRAN TARIM GIDA AMBALAJ TURİZM NAKLİYAT İNŞAAT PETROL SANAYİ TİCARET LİMİTED ŞİRKETİ TAŞKIRAN PETROL ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA  KIRBAŞI YOLU ÜZERİ KÜME EVLER  NO:51/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>1072/99</t>
+  </si>
+  <si>
+    <t>BEY MAK MAKİNA ENERJİ MADEN PETROL TURİZM TAŞIMACILIK İNŞAAT SANAYİ İÇ VE DIŞ TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK  MAHALLESİ MARANGOZLAR 3. SOKAK NO: 53 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>49.41.01</t>
+  </si>
+  <si>
+    <t>Karayolu ile şehir içi yük taşımacılığı (gıda, sıvı, kuru yük, vb.) (gaz ve petrol ürünleri hariç)</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>1084/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI NAKLİYECİLERİ MOTORLU TAŞIYICILAR KOOPERATİFİ SANAYİ ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK  MARANGOZLAR 4.  NO:17 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>52.29.90</t>
+  </si>
+  <si>
+    <t>Bys. taşımacılığı destekleyici diğer faaliyetler (grup sevkiyatının organizasyonu, malların taşınması sırasında korunması için geçici olarak kasalara vb. yerleştirilmesi, yüklerin birleştirilmesi, gruplanması ve parçalara ayırılması, vb. dahil)</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>1085/00</t>
+  </si>
+  <si>
+    <t>HAYRİ SANDAL SANTAŞ TAŞIMA</t>
+  </si>
+  <si>
+    <t>HACIKARA  MUHSİN YAZICIOĞLU    NO:15/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>1099/99</t>
+  </si>
+  <si>
+    <t>BG BAŞKENT AKARYAKIT PETROL ÜRÜNLERİ SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KAYABÜKÜ  KAYABÜKÜ  NO:NO:37 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>1129/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI HALK OTOBÜSLERİ KARAYOLU YOLCU TAŞIMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ŞEHİT SADIK EKİZ CAD. BEYTAŞ  MANAV SİT.  NO: 2 B  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>52.21.13</t>
+  </si>
+  <si>
+    <t>Yolcu taşımacılığı kooperatiflerinin faaliyetleri</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>1176/99</t>
+  </si>
+  <si>
+    <t>İZİNDE TURİZM TARIM HAYVANCILIK GIDA İNŞAAT SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. KAYHAN GÜVEN CAD. NO: 27 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>79.11.01</t>
+  </si>
+  <si>
+    <t>Seyahat acentesi faaliyetleri</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>1178/99</t>
+  </si>
+  <si>
+    <t>ARH NAKLİYAT MADENCİLİK YAYINCILIK TARIM VE HAYVANCILIK GIDA İNŞAAT İTHALAT İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ AKKOL BAĞLARI ( KÜME EVLER )  NO: 14 A  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>52.24.10</t>
+  </si>
+  <si>
+    <t>Kara yolu taşımacılığıyla ilgili kargo yükleme boşaltma (elleçleme) hizmetleri</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>1179/99</t>
+  </si>
+  <si>
+    <t>TÜRKMEN BEY ARAÇ KİRALAMA NAKLİYAT İNŞAAT TARIM HAYVANCILIK TAAHHÜT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ÖNER SK.  NO: 4 A  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>52.29.07</t>
   </si>
   <si>
     <t>Kara yolu yük nakliyat komisyoncularının faaliyetleri</t>
   </si>
   <si>
-    <t>6</t>
-[...60 lines deleted...]
-    <t>UZ-MİRAÇ TURİZM ÖĞRENCİ VE PERSONEL TAŞIMACILIĞI NAKLİYAT KUM SANAYİ TAAHHÜT VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>18</t>
+  </si>
+  <si>
+    <t>1182/00</t>
+  </si>
+  <si>
+    <t>GÖKHAN ERDEM ERDEM İNŞAAT</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ALPARSLAN TÜRKEŞ BULVARI NO: 367/2 PK:06730 M.BULDUK SİTESİ BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>1245/00</t>
+  </si>
+  <si>
+    <t>ALİ REMZİ ARAS ARAS TİCARET</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ KAYHAN GÜVEN CAD. AYGAZ SİT.  NO: 7  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>47.78.10</t>
+  </si>
+  <si>
+    <t>Evlerde kullanılan tüpgaz perakende ticareti</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>1246/99</t>
+  </si>
+  <si>
+    <t>ÇELİK KARDEŞLER PETROL SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI 3 ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ÇAYIRHAN YOLU ÜZERİ SK. ANIL AKARYAKIT İST. SİT.  NO: 38  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>1254/99</t>
+  </si>
+  <si>
+    <t>MNG KARGO YURTİÇİ VE YURTDIŞI TAŞIMACILIK ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 347A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>52.29.06</t>
+  </si>
+  <si>
+    <t>Kara yolu yük nakliyat acentelerinin faaliyetleri</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>1281/00</t>
+  </si>
+  <si>
+    <t>MEHMET GÜLMEZ ÖZGÜVEN İNŞAAT</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ FATİH CAD. BICI BICI YIKA. SİT. ÖZGÜVEN PARKE APT.  NO: 60 C  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>1288/99</t>
+  </si>
+  <si>
+    <t>ÇALIKIRAN TURİZM TAŞIMACILIK OTOMOTİV SANAYİ VE TİCARET ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ALPARSLAN TÜRKEŞ BLV. G.G.İŞ MERKEZİ SİT.  NO: 115/28  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>49.31.09</t>
+  </si>
+  <si>
+    <t>Şehir içi, banliyö ve kırsal alanlarda kara yolu ile personel, öğrenci, vb. grup taşımacılığı (şehir içi personel ve okul servisleri, vb.)</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>1299/00</t>
+  </si>
+  <si>
+    <t>İBRAHİM SARI-SARIHAN PETROL VE MARKET ÇARŞI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 103  İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47.30.02</t>
+  </si>
+  <si>
+    <t>Motorlu kara taşıtları için yağlama ve soğutma ürünlerinin perakende ticareti</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>1313/99</t>
+  </si>
+  <si>
+    <t>YUSUF ÇİFTÇİ OTOMOTİV PETROL İNŞAAT NAKLİYE ORMAN ÜRÜNLERİ TARIM VE HAYVANCILIK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 127A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>1314/99</t>
+  </si>
+  <si>
+    <t>ÇELİK KARDEŞLER PETROL SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI 4 ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 315  İÇ KAPI NO: 8 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>1325/99</t>
+  </si>
+  <si>
+    <t>AY KOC PETROL GIDA NAKLİYAT İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 1/1B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>1326/99</t>
+  </si>
+  <si>
+    <t>PORT KARGO VE LOJİSTİK ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. PAPATYA SK.  NO: 6B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>53.20.10</t>
+  </si>
+  <si>
+    <t>Paket ve koli gibi kargoların toplanması, sınıflandırılması, taşınması ve dağıtımı faaliyetleri (dökme yükler ve evrensel hizmet yükümlülüğü altında postacılık faaliyetleri hariç)</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>1330/99</t>
+  </si>
+  <si>
+    <t>TRENDYOL LOJİSTİK ANONİM ŞİRKETİ BEYPAZARI 1 ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÜNAL GEREDELİOĞLU SK.  NO: 4BF BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>53.10.01</t>
+  </si>
+  <si>
+    <t>Evrensel hizmet yükümlülüğü altında postacılık faaliyetleri (kargo ve kurye şirketlerinin faaliyetleri hariç)</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>1331/99</t>
+  </si>
+  <si>
+    <t>TRENDYOL LOJİSTİK ANONİM ŞİRKETİ BEYPAZARI 2 ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÜNAL GEREDELİOĞLU SK.  NO: 4BG BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>1337/99</t>
+  </si>
+  <si>
+    <t>ASATAŞ MADENCİLİK NAKLİYAT HAFRİYAT PETROL METAL İNŞAAT HAYVANCILIK TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. MENDERES_1 SK. BEYGAH RESTAURANT BLOK  NO: 8  İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>1344/99</t>
+  </si>
+  <si>
+    <t>AS-EM TURİZM TAŞIMACILIK PETROL SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 1/1D BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>49.31.08</t>
+  </si>
+  <si>
+    <t>Şehirler arası tarifeli kara yolu yolcu taşımacılığı</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>1351/99</t>
+  </si>
+  <si>
+    <t>KURYE NET MOTORLU KURYECİLİK VE DAĞITIM HİZMETLERİ ANONİM ŞİRKETİ ANKARA BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. KEMAL MİLASLI CAD. EMEK APARTMANI SİTESİ  NO: 3A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>53.20.09</t>
+  </si>
+  <si>
+    <t>Kurye faaliyetleri (kara, deniz ve hava yolu ile yapılanlar dahil; evrensel hizmet yükümlülüğü altında postacılık ile gıda dağıtım faaliyetleri hariç)</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>1357/99</t>
+  </si>
+  <si>
+    <t>İBA NAKLİYAT HAFRİYAT İNŞAAT VE İNŞAAT MALZEMELERİ SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. SEFA SK. HUZUR PARK EVLERI SİTESİ B BLOK  NO: 4B  İÇ KAPI NO: 14 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>1373/00</t>
+  </si>
+  <si>
+    <t>MUHAMMET İKİZOĞLU İKİZOĞLU İNŞAAT ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. FATİH CAD. BEY YILMAZ SİTESİ  NO: 24 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>1443/99</t>
+  </si>
+  <si>
+    <t>D FAST DAĞITIM HİZMETLERİ VE LOJİSTİK ANONİM ŞİRKETİ ANKARA BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. MEVLEVİ SK. YASEMEN APT NO: 5A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>1453/99</t>
+  </si>
+  <si>
+    <t>ANL GRUP İNŞAAT OTOMOTİV GIDA PAZARLAMA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. NO: 115 İÇ KAPI NO: 50 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>1457/99</t>
+  </si>
+  <si>
+    <t>UZMAN TURİZM OTOMOTİV NAKLİYAT İNŞAAT DERİ HAYVAN MADEN SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. KAPAN SK. ARABULUCUK KUYUMCULUK NO: 20 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>1499/99</t>
+  </si>
+  <si>
+    <t>BEY BEL TURİZM İNŞAAT TAAHHÜT NAKLİYAT MADENCİLİK GIDA PETROL ORGANİZASYON TARIM HAYVANCILIK TEKSTİL EMLAK BİLİŞİM ENERJİ SANAYİ DIŞ TİCARET LİMİTED ŞİRKETİ TERMİNAL ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. NO: 115 İÇ KAPI NO: 31 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>52.21.07</t>
+  </si>
+  <si>
+    <t>Otopark ve garaj işletmeciliği (bisiklet parkları ve karavanların kışın saklanması dahil)</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>290/99</t>
+  </si>
+  <si>
+    <t>YANIKLAR NAKLİYAT VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA  MAH. KIRBAŞI YOLU   NO : 55 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>297/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI NAKLİYECİLERİ MOTORLU TAŞIYICILAR KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ÜNAL GEREDELİOĞLU SK. B BLOK APT.  NO: 4 BE  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>362/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEY-YILMAZ İNŞAAT NAKLİYAT YAKIT TARIMSAL ÜRÜNLER SANAYİ TİCARET LİMİTED  ŞİRKETİ  </t>
+  </si>
+  <si>
+    <t>SANAYİ ÇARŞISI NO:506730 BEYPAZARI/ ANKARABEYPAZARI SANAYİ ÇARŞISI BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>46.81.03</t>
+  </si>
+  <si>
+    <t>Katı yakıtlar ve bunlarla ilgili ürünlerin toptan ticareti</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>441/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YAMAN OTO DÖŞEME İNŞAAT NAKLİYAT HAYVANCILIK OTOMOTİV SANAYİ VE TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ MARANGOZLAR 4. CADDESİ NO: 44 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>470/99</t>
+  </si>
+  <si>
+    <t>ÇELİK KARDEŞLER PETROL SANAYİ VE TİCARET LİMİTED ŞİRKETİ-BEYPAZARI ŞUBESİ-2</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MH. ALPARSLAN TÜRKEŞ BULVARI  NO : 33 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>542/99</t>
+  </si>
+  <si>
+    <t>USTAOĞLU HAZIR BETON İNŞAAT MALZEMELERİ PETROL VE PETROL ÜRÜNLERİ YAKIT TURİZM İNŞAAT TAAHHÜT MADENCİLİK  SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ PK:06730 ILIMAN MEVKİİ 1500 ADA 6 PARSEL BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>584/00</t>
+  </si>
+  <si>
+    <t>HAMDİ AYANOĞLU-AYANOĞLU SİGORTA VE ARACILIK HİZMETLERİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ  MAH. KEMAL MİLASLI ALTIPARMAK İŞ HANI NO : 2 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>82.99.08</t>
+  </si>
+  <si>
+    <t>İş takipçiliği faaliyeti</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>645/99</t>
+  </si>
+  <si>
+    <t>ARAS KARGO YURTİÇİ YURTDIŞI TAŞIMACILIK ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. KANTAR SK. NO: 24A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>647/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI OKUL TAŞITLARI VE SERVİS ARAÇLARI MOTORLU TAŞIYICILAR KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>NO:/ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>656/99</t>
+  </si>
+  <si>
+    <t>DOGANAY ENERJİ MADENCİLİK PETROL TEMİZLİK GÜVENLİK KUYUMCULUK TEKSTİL TURİZM İNŞAAT NAKLİYAT OTOMOTİV GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. KURUÇAY MEVKİİ KÜME EVLERİ NO: 4 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>702/00</t>
+  </si>
+  <si>
+    <t>MEHMET GÜLMEZ-ÖZGÜVEN PARKE</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. KIRBAŞI YOLU BICI BICI YIKAMA YANI  BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>709/99</t>
+  </si>
+  <si>
+    <t>LÜKSBEY NAKLİYAT GIDA TARIM HAYVANCILIK MADEN İNŞAAT TURİZM SANAYİ İÇ VE DIŞ  TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>ALPARSLAN TÜRKEŞ BULVARI NO: 18 PK:06730 GAZİ GÜNDÜZALP İŞ MERKEZİ BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>712/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANKARA ARAÇ MUAYENE İSTASYONLARI İŞLETİM VE TİCARET ANONİM ŞİRKETİ- BEYPAZARI MUAYENE İSTASYONU ŞUBESİ </t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. 1808 ADA 1 PARSEL   BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>71.20.05</t>
+  </si>
+  <si>
+    <t>Kara yolu taşıma araçlarının teknik muayene faaliyetleri</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>722/99</t>
+  </si>
+  <si>
+    <t>YURTİÇİ KARGO SERVİSİ ANONİM ŞİRKETİ-BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>ALPARSLAN TÜRKEŞ BULVARI NO: 21/6  PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>731/00</t>
+  </si>
+  <si>
+    <t>GÜLTEKİN SOYCAN -SOYCAN TİCARET</t>
+  </si>
+  <si>
+    <t>KAPULLU KÖYÜ   BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>751/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI TIRCILAR KAMYONCULAR VE DAMPERLİ KARAYOLU YÜK TAŞIMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>HACIKARA   ALPARSLAN TÜRKEŞ BULVARI NO:193/8 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>753/99</t>
+  </si>
+  <si>
+    <t>CİNER TAŞIMA METAL MADENCİLİK İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MH.EVREN CD.BADEMLİOĞLU APT.NO:15/10 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>776/00</t>
+  </si>
+  <si>
+    <t>İBRAHİM SARI-SARIHAN PETROL VE MARKET</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. KIRBAŞI YOLU ÜZERİ  NO : 25 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>823/99</t>
+  </si>
+  <si>
+    <t>DEM-KO MADENCİLİK İNŞAAT HURDACILIK NAKLİYAT PETROL ÜRÜNLERİ HAFRİYAT ORMAN ÜRÜNLERİ TARIM VE ZİRAİ ÜRÜNLER SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KAYABÜKÜ  KADIBÜKÜ  NO:19 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>825/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ME'VALARIN KONAĞI TURİZM NAKLİYAT İNŞAAT GIDA PETROL TİCARET LİMİTED ŞİRKETİ  </t>
+  </si>
+  <si>
+    <t>CUMHURİYET MH. KÖST YOLU  NO : 29 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>914/00</t>
+  </si>
+  <si>
+    <t>MEHMET UYSAL-UYSAL İNŞAAT VE İŞÇİ TAAHHÜT İŞLERİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ  MAH. MİLLİ EGEMENLİK   NO : 22 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>952/99</t>
+  </si>
+  <si>
+    <t>UZBEY TURİZM TAŞIMACILIK OTOMOTİV İNŞAAT GIDA TARIM HAYVANCILIK ENERJİ ÜRETİMİ KIRTASİYE KUYUMCULUK SANAYİ VE TİCARET LİMİTED ŞİRKETİ-BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ EYÜP GÜNDOĞAN CADDESİ NO: 7/6 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>49.39.03</t>
   </si>
   <si>
-    <t>Şehir içi, banliyö ve kırsal alanlarda kara yolu ile personel, öğrenci, vb. grup taşımacılığı (şehir içi personel ve okul servisleri, vb.)</t>
-[...535 lines deleted...]
-  <si>
     <t>62</t>
   </si>
   <si>
-    <t>722/99</t>
-[...131 lines deleted...]
-  <si>
     <t>980/99</t>
   </si>
   <si>
     <t>AK MERMER İŞLETMECİLİĞİ ENERJİ MADENCİLİK İNŞAAT TAAHHÜT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>KARAŞAR MAHALLESİ KIBRISCIK KARAŞAR ( KÜME EVLER ) KONTEYNER İŞYERİ APT.  NO: 15  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>52.31.02</t>
+  </si>
+  <si>
     <t>RAPOR BAŞLIĞI:</t>
   </si>
   <si>
     <t>ÜYE LISTE DETAY RAPORU</t>
   </si>
   <si>
     <t>RAPOR ALINMA TARIHI:</t>
   </si>
   <si>
-    <t>12/09/2025 08:14</t>
+    <t>19/01/2026 10:59</t>
   </si>
   <si>
     <t>**********************</t>
   </si>
   <si>
     <t>RAPOR PARAMETRELERI</t>
   </si>
   <si>
     <t>DEĞERLER</t>
   </si>
   <si>
     <t>aktifAdres</t>
   </si>
   <si>
     <t>Evet</t>
   </si>
   <si>
     <t>askida</t>
   </si>
   <si>
+    <t>Hayır</t>
+  </si>
+  <si>
     <t>meslekGrubu</t>
   </si>
   <si>
     <t>5FE6B4C688424D</t>
   </si>
   <si>
     <t>faal</t>
   </si>
   <si>
     <t>prmYetkiliGoster</t>
   </si>
   <si>
-    <t>Hayır</t>
-[...1 lines deleted...]
-  <si>
     <t>faks</t>
   </si>
   <si>
     <t>odaBorsaNo</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>baskaOdayaKaydiOlan</t>
   </si>
   <si>
     <t>yanyanaYetkili</t>
   </si>
   <si>
     <t>prmOrtakGoster</t>
   </si>
   <si>
+    <t>adresTipi</t>
+  </si>
+  <si>
     <t>tekrarliTel</t>
   </si>
   <si>
     <t>vergiMatrahi</t>
   </si>
   <si>
     <t>terk</t>
   </si>
   <si>
     <t>cepTel</t>
   </si>
   <si>
     <t>yanyanaOrtak</t>
   </si>
   <si>
     <t>adresEkle</t>
   </si>
   <si>
     <t>telEkle</t>
   </si>
   <si>
     <t>resenMi</t>
   </si>
   <si>
+    <t>buroTel</t>
+  </si>
+  <si>
     <t>tasfiye</t>
   </si>
   <si>
-    <t>buroTel</t>
-[...1 lines deleted...]
-  <si>
     <t>yazismaAdresi</t>
   </si>
   <si>
     <t>epostaGoster</t>
   </si>
   <si>
+    <t>evTel</t>
+  </si>
+  <si>
     <t>isTel</t>
   </si>
   <si>
-    <t>evTel</t>
-[...1 lines deleted...]
-  <si>
     <t>etiket</t>
   </si>
   <si>
     <t>organUyesiOlanlar</t>
   </si>
   <si>
     <t>birincilTel</t>
   </si>
   <si>
     <t>webEkle</t>
-  </si>
-[...1 lines deleted...]
-    <t>02. MESLEK GRUBU02. MESLEK GRUBU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1043,72 +1109,59 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
@@ -1383,1926 +1436,1817 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F78"/>
+  <dimension ref="A1:G63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D2" sqref="D2"/>
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.5703125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="35.140625" customWidth="1"/>
+    <col min="1" max="1" width="10.5703125" customWidth="1"/>
+    <col min="2" max="2" width="14.140625" customWidth="1"/>
+    <col min="3" max="4" width="35.140625" customWidth="1"/>
+    <col min="5" max="6" width="17.5703125" customWidth="1"/>
+    <col min="7" max="7" width="35.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="8" t="s">
+      <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="5" t="s">
+      <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="5" t="s">
+      <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="3" t="s">
+      <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="4" t="s">
+      <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="6" t="s">
+    </row>
+    <row r="2" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="4" t="s">
+      <c r="B2" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="6" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="4" t="s">
+      <c r="C2" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D2" s="3" t="s">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="4" t="s">
+      <c r="E2" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F2" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="6" t="s">
+      <c r="G2" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="4" t="s">
+    </row>
+    <row r="3" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="6" t="s">
+      <c r="B3" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="C3" s="3" t="s">
         <v>18</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="D3" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="6" t="s">
+      <c r="E3" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="G3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="6" t="s">
+    </row>
+    <row r="4" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="D4" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="E4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D5" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="6" t="s">
+      <c r="G4" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F5" s="4" t="s">
+    </row>
+    <row r="5" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="4" t="s">
+      <c r="B5" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="C5" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="4" t="s">
+      <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="6" t="s">
+      <c r="E5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="F6" s="4" t="s">
+      <c r="G5" s="3" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="7" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A7" s="4" t="s">
+    <row r="6" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="6" t="s">
+      <c r="B6" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C7" s="4" t="s">
+      <c r="C6" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="6" t="s">
+      <c r="D6" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F7" s="4" t="s">
-[...16 lines deleted...]
-      <c r="E8" s="6" t="s">
+    </row>
+    <row r="8" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F8" s="4" t="s">
-[...44 lines deleted...]
-      <c r="A11" s="4" t="s">
+    </row>
+    <row r="9" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B11" s="6" t="s">
+      <c r="B9" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="C11" s="4" t="s">
+      <c r="C9" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="D11" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A12" s="4" t="s">
+      <c r="D9" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="E9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="C12" s="4" t="s">
+      <c r="B10" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="D12" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A13" s="4" t="s">
+      <c r="C10" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B13" s="6" t="s">
+      <c r="D10" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="C13" s="4" t="s">
+      <c r="E10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="D13" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="6" t="s">
+      <c r="B11" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="F13" s="4" t="s">
+      <c r="C11" s="3" t="s">
         <v>56</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="4" t="s">
+      <c r="D11" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B14" s="6" t="s">
+      <c r="E11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C14" s="4" t="s">
+      <c r="G11" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="D14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="6" t="s">
+    </row>
+    <row r="12" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="F14" s="4" t="s">
+      <c r="B12" s="3" t="s">
         <v>61</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="4" t="s">
+      <c r="C12" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B15" s="6" t="s">
+      <c r="D12" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="C15" s="4" t="s">
+      <c r="E12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="D15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="6" t="s">
+      <c r="G12" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="F15" s="4" t="s">
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>66</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="4" t="s">
+      <c r="B13" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B16" s="6" t="s">
+      <c r="C13" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="4" t="s">
+      <c r="D13" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="D16" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A17" s="4" t="s">
+      <c r="E13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B17" s="6" t="s">
+      <c r="B14" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C17" s="4" t="s">
+      <c r="C14" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D17" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="6" t="s">
+      <c r="D14" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F17" s="4" t="s">
-[...47 lines deleted...]
-      <c r="B20" s="6" t="s">
+    </row>
+    <row r="20" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C20" s="4" t="s">
+      <c r="G39" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D20" s="6" t="s">
-[...42 lines deleted...]
-      <c r="E22" s="6" t="s">
+    </row>
+    <row r="40" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="F22" s="4" t="s">
+      <c r="G45" s="3" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="23" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B23" s="6" t="s">
+    <row r="46" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="G63" s="3" t="s">
         <v>97</v>
-      </c>
-[...1110 lines deleted...]
-        <v>33</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B33"/>
+  <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>282</v>
+        <v>305</v>
       </c>
       <c r="B1" t="s">
-        <v>283</v>
+        <v>306</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>284</v>
+        <v>307</v>
       </c>
       <c r="B2" t="s">
-        <v>285</v>
+        <v>308</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="B3" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>287</v>
+        <v>310</v>
       </c>
       <c r="B4" t="s">
-        <v>288</v>
+        <v>311</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>289</v>
+        <v>312</v>
       </c>
       <c r="B6" t="s">
-        <v>290</v>
+        <v>313</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>291</v>
+        <v>314</v>
       </c>
       <c r="B7" t="s">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>292</v>
+        <v>316</v>
       </c>
       <c r="B8" t="s">
-        <v>293</v>
+        <v>317</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>294</v>
+        <v>318</v>
       </c>
       <c r="B9" t="s">
-        <v>290</v>
+        <v>313</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>295</v>
+        <v>319</v>
       </c>
       <c r="B10" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>297</v>
+        <v>320</v>
       </c>
       <c r="B11" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>298</v>
+        <v>321</v>
       </c>
       <c r="B12" t="s">
-        <v>299</v>
+        <v>322</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>300</v>
+        <v>323</v>
       </c>
       <c r="B13" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>301</v>
+        <v>324</v>
       </c>
       <c r="B14" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>302</v>
+        <v>325</v>
       </c>
       <c r="B15" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>303</v>
+        <v>326</v>
       </c>
       <c r="B16" t="s">
-        <v>296</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>304</v>
+        <v>327</v>
       </c>
       <c r="B17" t="s">
-        <v>296</v>
+        <v>313</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>305</v>
+        <v>328</v>
       </c>
       <c r="B18" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>306</v>
+        <v>329</v>
       </c>
       <c r="B19" t="s">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>307</v>
+        <v>330</v>
       </c>
       <c r="B20" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>308</v>
+        <v>331</v>
       </c>
       <c r="B21" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>309</v>
+        <v>332</v>
       </c>
       <c r="B22" t="s">
-        <v>290</v>
+        <v>313</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>310</v>
+        <v>333</v>
       </c>
       <c r="B23" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>311</v>
+        <v>334</v>
       </c>
       <c r="B24" t="s">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>312</v>
+        <v>335</v>
       </c>
       <c r="B25" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>313</v>
+        <v>336</v>
       </c>
       <c r="B26" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>314</v>
+        <v>337</v>
       </c>
       <c r="B27" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
+        <v>338</v>
+      </c>
+      <c r="B28" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="B29" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
       <c r="B30" t="s">
-        <v>211</v>
+        <v>315</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>318</v>
+        <v>341</v>
       </c>
       <c r="B31" t="s">
-        <v>296</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>319</v>
+        <v>342</v>
       </c>
       <c r="B32" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>320</v>
+        <v>343</v>
       </c>
       <c r="B33" t="s">
-        <v>296</v>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>344</v>
+      </c>
+      <c r="B34" t="s">
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Veriler</vt:lpstr>
       <vt:lpstr>Parametreler</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>