--- v0 (2025-10-08)
+++ v1 (2026-01-24)
@@ -1,1262 +1,1465 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BTO\OneDrive\Desktop\2025 İŞ PLANI\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\ORTAK\AKREDİTASYON\SOSYAL MEDYA- WEB- SMS\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\ARALIK 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E6433D37-91FD-445F-8EE9-B4B0B0CDA2BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E6204D89-FA7D-4CB1-9B76-7990C29144DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Veriler" sheetId="1" r:id="rId1"/>
     <sheet name="Parametreler" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="648" uniqueCount="416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="691" uniqueCount="484">
   <si>
     <t>SIRA NO</t>
   </si>
   <si>
     <t>UYE SICIL NO</t>
   </si>
   <si>
     <t>UNVAN</t>
   </si>
   <si>
+    <t>ADRES</t>
+  </si>
+  <si>
     <t>MESLEK GRUBU</t>
   </si>
   <si>
     <t>NACE FAALIYET KODU</t>
   </si>
   <si>
     <t>NACE FAALIYET ADI</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>030/99</t>
   </si>
   <si>
     <t xml:space="preserve">BİLSAN PETROL GIDA EĞİTİM İNŞAAT TURİZM PAZARLAMA SANAYİ VE TİCARET ANONİM ŞİRKETİ </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
+    <t>Tescil Adresi</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ BÜNYAMİN NACAK SOKAK NO: 2/A PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>03. MESLEK GRUBU</t>
   </si>
   <si>
     <t>93.29.02</t>
   </si>
   <si>
     <t>Düğün, balo ve kokteyl salonlarının işletilmesi</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
     <t>043/99</t>
   </si>
   <si>
     <t>TÜRKİYE İŞ BANKASI ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
   </si>
   <si>
+    <t>KURTULUŞ MAHALLESİ İRFAN GÜMÜŞEL CAD. NO: 12/31 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>64.19.01</t>
   </si>
   <si>
     <t>Bankaların faaliyetleri (katılım bankaları, mevduat bankaları, kredi birlikleri vb. dahil, merkez bankası ve yatırım bankaları hariç)</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>046/99</t>
   </si>
   <si>
     <t>TÜRKİYE HALK BANKASI ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
   </si>
   <si>
+    <t>BEYTEPE MH.AHMET LEVENT ÖZTOP SK.NO:7/A</t>
+  </si>
+  <si>
     <t>4</t>
   </si>
   <si>
     <t>047/99</t>
   </si>
   <si>
     <t>TÜRKİYE CUMHURİYETİ ZİRAAT BANKASI ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
   </si>
   <si>
+    <t>İRFAN GÜMÜŞEL CADDESİ  06730 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
     <t>5</t>
   </si>
   <si>
     <t>048/99</t>
   </si>
   <si>
     <t>AKBANK TÜRK ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
   </si>
   <si>
+    <t>İRFAN GÜMÜŞEL CADDESİ PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>6</t>
   </si>
   <si>
     <t>052/99</t>
   </si>
   <si>
     <t>SEYELAN EĞİTİM HİZMET BASIM YAYIN MATBAACILIK İNŞAAT TAAHHÜT SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
   </si>
   <si>
+    <t>İRFAN GÜMÜŞEL CADDESİ NO: 22 PK:06730 KARAOĞUZVAKIF İŞHANI BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>85.53.01</t>
   </si>
   <si>
     <t>Sürücü kursu faaliyetleri (ticari sertifika veren sürücülük, havacılık, yelkencilik, gemicilik eğitimi hariç)</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>054/99</t>
   </si>
   <si>
     <t xml:space="preserve">BEYDİL ÖZEL EĞİTİM HİZMETLERİ TURİZM REKLAM YAYIN   BİLGİSAYAR OTOMOTİV SANAYİ VE TİCARET LİMİTED ŞİRKETİ </t>
   </si>
   <si>
+    <t>HACIKARA MAHALLESİ CEVAT KÖPRÜCÜ SOKAK PK:06730 ÜÇELLER İŞ HANI KAT 1 BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>85.60.02</t>
   </si>
   <si>
     <t>Eğitimi destekleyici faaliyetler (eğitim rehberlik, danışmanlık (yurt dışı eğitim danışmanlığı dahil), test değerlendirme, öğrenci değişim programlarının organizasyonu, yaprak test ve soru bankası hazırlama gibi eğitimi destekleyen öğrenim dışı faaliyetler)</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>056/99</t>
-[...2 lines deleted...]
-    <t>KAPLAN SİGORTA ARACILIK HİZMETLERİ LİMİTED ŞİRKETİ</t>
+    <t>1029/99</t>
+  </si>
+  <si>
+    <t>DERİN ENERJİ ÜRETİM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>DİBECİK MAH. DİBECİK MÜCAVİR SK. DERİN ENERJİ ÜRETİM SİT. NO:63/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>84.12.12</t>
+  </si>
+  <si>
+    <t>İskan ve toplum refahına ilişkin kamu yönetimi hizmetleri (su temini ve çevre koruma programları dahil)</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>1046/00</t>
+  </si>
+  <si>
+    <t>FAZİLET ÖZTOP AŞİYAN ÖZEL EĞİTİM</t>
+  </si>
+  <si>
+    <t>AYVAŞIK ŞEHİT HALİL KOÇAK   NO:1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>85.20.08</t>
+  </si>
+  <si>
+    <t>Özel öğretim kurumları tarafından verilen fiziksel veya zihinsel engellilere yönelik ilköğretim faaliyeti</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>1075/99</t>
+  </si>
+  <si>
+    <t>BİLSAN PETROL GIDA EĞİTİM İNŞAAT TURİZM PAZARLAMA SANAYİ VE TİCARET ANONİM ŞİRKETİ ÖZEL BEYPAZARI SÜLEYMANİYE İLKOKULU VE ORTAOKULU ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ  ESEN SOKAK   NO:7 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>85.20.09</t>
+  </si>
+  <si>
+    <t>Özel öğretim kurumları tarafından verilen ilköğretim faaliyeti (yetişkinlere yönelik okuma yazma programlarının verilmesi dahil, engelliler için verilen eğitim hariç)</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>1087/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI ÖZEL EĞİTİM VE REHABİLİTASYON DANIŞMANLIK LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ATLAS SOKAK NO: 14 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>73.30.00</t>
+  </si>
+  <si>
+    <t>Halkla ilişkiler ve iletişim faaliyetleri</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>1089/00</t>
+  </si>
+  <si>
+    <t>MUSTAFA ATICI ATICI SİGORTA ACENTELİĞİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. AVLU BOSTANLARI SK. PINAR APARTMANI NO: 32B BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>66.22.01</t>
   </si>
   <si>
     <t>Sigorta acentelerinin faaliyetleri</t>
   </si>
   <si>
-    <t>9</t>
-[...58 lines deleted...]
-  <si>
     <t>13</t>
   </si>
   <si>
-    <t>1087/99</t>
-[...8 lines deleted...]
-    <t>Halkla ilişkiler ve iletişim faaliyetleri</t>
+    <t>1111/00</t>
+  </si>
+  <si>
+    <t>ZEHRA SEMA DEMİR-YAŞAYAN MÜZE YAŞAYAN KÖY ŞUBESİ</t>
+  </si>
+  <si>
+    <t>MACUN MAHALLESİ  MACUN SOKAK  NO:104/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>55.10.02</t>
+  </si>
+  <si>
+    <t>Otel vb. konaklama yerlerinin faaliyetleri (günlük temizlik ve yatak yapma hizmeti sağlanan yerlerin faaliyetleri) (kendi müşterilerine restoran hizmeti vermeyenler ile devre mülkler hariç)</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>1089/00</t>
-[...2 lines deleted...]
-    <t>MUSTAFA ATICI ATICI SİGORTA ACENTELİĞİ</t>
+    <t>1117/99</t>
+  </si>
+  <si>
+    <t>A1 TURİZM İNŞAAT TARIM EMLAK OTOMOTİV GIDA ORGANİZASYON İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MH MAHALLESİ MUHSİN YAZICIOĞLU CD CADDESİ C BLOK SOKAK NO:47/5 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>78.20.02</t>
+  </si>
+  <si>
+    <t>Geçici iş bulma acenteleri ile diğer insan kaynaklarının sağlanması faaliyetleri</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>1111/00</t>
-[...8 lines deleted...]
-    <t>Otel vb. konaklama yerlerinin faaliyetleri (günlük temizlik ve yatak yapma hizmeti sağlanan yerlerin faaliyetleri) (kendi müşterilerine restoran hizmeti vermeyenler ile devre mülkler hariç)</t>
+    <t>1119/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI AKADEMİ EĞİTİM VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA ŞEHİT ÜMİT BÖLÜKOĞLU   NO:8 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>85.69.00</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>1117/99</t>
-[...8 lines deleted...]
-    <t>Diğer insan kaynaklarının sağlanması (uzun süreli çalışma dönemleri için personel sağlanması hizmetleri)</t>
+    <t>1120/99</t>
+  </si>
+  <si>
+    <t>MODELTEK GÜVENLİK SİSTEMLERİ DAĞITIM HİZMETLERİ ELEKTRİK ELEKTRONİK GIDA İNŞAAT İTHALAT İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ DEVELİK SOKAK NO: 40 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>80.20.01</t>
+  </si>
+  <si>
+    <t>Güvenlik sistemleri hizmet faaliyetleri (hırsız ve yangın alarmı, elektronik kasa gibi güvenlik sistemlerinin kontrolü, kurulumu, bakımı, alınan alarm sinyali ile sistemin doğrulanması ve polis, itfaiye gibi birimlerin harekete geçirilmesi)</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>1119/99</t>
-[...2 lines deleted...]
-    <t>BEYPAZARI AKADEMİ EĞİTİM VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1165/00</t>
+  </si>
+  <si>
+    <t>EBRU SEZEN</t>
+  </si>
+  <si>
+    <t>KURTULUŞ  MAHALLESİ İRFAN GÜMÜŞEL CADDESİ NO: 12/83 BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>56.10.08</t>
+  </si>
+  <si>
+    <t>Diğer lokanta ve restoranların (içkili ve içkisiz) faaliyetleri (garson servisi sunanlar ile self servis sunanlar dahil, imalatçıların ve al götür tesislerin faaliyetleri ile seyyar olanlar hariç)</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>1120/99</t>
-[...8 lines deleted...]
-    <t>Güvenlik sistemleri hizmet faaliyetleri (hırsız ve yangın alarmı, elektronik kasa gibi güvenlik sistemlerinin kontrolü, kurulumu, bakımı, alınan alarm sinyali ile sistemin doğrulanması ve polis, itfaiye gibi birimlerin harekete geçirilmesi)</t>
+    <t>1168/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI İÇECEK PAZARLAMA DAĞITIM AMBALAJ TURİZM PETROL İNŞAAT SANAYİ VE TİCARET ANONİM ŞİRKETİ BEYPALAS HOTEL BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ İRFAN GÜMÜŞEL CAD. NO: 47 A/ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>55.10.05</t>
+  </si>
+  <si>
+    <t>Otel vb. konaklama yerlerinin faaliyetleri (günlük temizlik ve yatak yapma hizmeti sağlanan yerlerin faaliyetleri) (kendi müşterilerine restoran hizmeti verenler ile devre mülkler hariç)</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>1125/99</t>
-[...2 lines deleted...]
-    <t>PİMÇELİK MÜHENDİSLİK İNŞAAT TAAHHÜT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>117/99</t>
+  </si>
+  <si>
+    <t>ARGUNŞAHİN MİMARLIK MÜHENDİSLİK İNŞAAT TAAHHÜT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ÖNER SK. İ.BULDUK SİT.  NO: 21/1  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>71.11.01</t>
+  </si>
+  <si>
+    <t>Mimarlık faaliyetleri ve mimari danışmanlık faaliyetleri (kültürel miras varlıklarının korunmasını ve restorasyonunu destekleyen mimari faaliyetler ile iç mimarlık faaliyetleri dahil)</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>1175/99</t>
+  </si>
+  <si>
+    <t>KC MÜHENDİSLİK MAKİNA ENERJİ SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ORHANGAZİ SK. NO: 4 A/ BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>71.12.03</t>
   </si>
   <si>
     <t>Bina projelerine yönelik mühendislik ve danışmanlık faaliyetleri</t>
   </si>
   <si>
-    <t>20</t>
-[...13 lines deleted...]
-  <si>
     <t>21</t>
   </si>
   <si>
-    <t>1165/00</t>
-[...8 lines deleted...]
-    <t>Diğer lokanta ve restoranların (içkili ve içkisiz) faaliyetleri (garson servisi sunanlar ile self servis sunanlar dahil, imalatçıların ve al götür tesislerin faaliyetleri ile seyyar olanlar hariç)</t>
+    <t>1191/99</t>
+  </si>
+  <si>
+    <t>TEKBAŞ HAYVANCILIK TAŞIMACILIK OTOMOTİV GIDA İNŞAAT TURİZM DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ HACI İBRAHİM SOKAK NO: 6/1 PK:06730 KANIVAR İNŞ.SİT. BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>96.09.05</t>
+  </si>
+  <si>
+    <t>Hamallık hizmetleri</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>1168/99</t>
-[...8 lines deleted...]
-    <t>Otel vb. konaklama yerlerinin faaliyetleri (günlük temizlik ve yatak yapma hizmeti sağlanan yerlerin faaliyetleri) (kendi müşterilerine restoran hizmeti verenler ile devre mülkler hariç)</t>
+    <t>1198/99</t>
+  </si>
+  <si>
+    <t>GÖKSEL BAĞLARLI HARİTA MÜHENDİSLİK İNŞAAT TARIM VE HAYVANCILIK TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ KÖROĞLU CAD.  NO: 3 B  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>1175/99</t>
-[...2 lines deleted...]
-    <t>KC MÜHENDİSLİK MAKİNA ENERJİ SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>1208/99</t>
+  </si>
+  <si>
+    <t>FORA SİGORTA ARACILIK HİZMETLERİ ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>ZAFER MAHALLESİ MİLLİ EGEMENLİK CAD. ARSLAN GIDA SİT.  NO: 116 C  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>1191/99</t>
-[...8 lines deleted...]
-    <t>Hamallık hizmetleri</t>
+    <t>1212/99</t>
+  </si>
+  <si>
+    <t>WİN GRUP SİGORTA VE REASÜRANS BROKERLİĞİ ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. NO: 169B BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>1198/99</t>
-[...2 lines deleted...]
-    <t>GÖKSEL BAĞLARLI HARİTA MÜHENDİSLİK İNŞAAT TARIM VE HAYVANCILIK TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1231/99</t>
+  </si>
+  <si>
+    <t>GALATİA PEİUM TERMAL OTEL TURİZM VE AVM İŞLETMECİLİĞİ ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ MİLLİ EGEMENLİK CAD. YILMAZ TİC. SİT.  NO: 22/6  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>93.29.12</t>
+  </si>
+  <si>
+    <t>Sanatsal olmayan etkinliklerin organizasyonuyla ilgili görsel-işitsel ekipmanların ve özel efektlerin teknik planlanması, temini, kurulumu ve işletilmesi</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>1208/99</t>
-[...2 lines deleted...]
-    <t>FORA SİGORTA ARACILIK HİZMETLERİ ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>1272/99</t>
+  </si>
+  <si>
+    <t>EVREN GÜNEŞ SİGORTA ARACILIK HİZMETLERİ LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ PAPATYA SK. ÇALIŞKANLAR APT. SİT.  NO: 4 A  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>1212/99</t>
-[...2 lines deleted...]
-    <t>WİN GRUP SİGORTA VE REASÜRANS BROKERLİĞİ ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>1276/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI ELİT EĞİTİM İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ SPOR SALONU YANI ( KÜME EVLER ) S.VARLIK SİT.  NO: 38  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>85.59.05</t>
+  </si>
+  <si>
+    <t>Orta öğretime, yüksek öğretime, kamu personeli vb. sınavlara yönelik kurs ve etüt merkezlerinin faaliyetleri</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>1225/99</t>
-[...2 lines deleted...]
-    <t>ZİVERBEY TURİZM İNŞAAT VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1296/99</t>
+  </si>
+  <si>
+    <t>İDEAL GRP SİGORTA ARACILIK HİZMETLERİ LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÖNER SK. NO: 9 İÇ KAPI NO: 5 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>1231/99</t>
-[...8 lines deleted...]
-    <t>Kongre ve ticari gösteri organizasyonu</t>
+    <t>1297/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU YEŞİLAĞAÇ MAHALLESİ VE ÇEVRESİ TARIMSAL KALKINMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. AHMET YESEVİ SK. NO: 30G BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>94.99.23</t>
+  </si>
+  <si>
+    <t>Üyelik gerektiren konut ve kalkınma birlik ve derneklerinin faaliyetleri</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>1258/99</t>
-[...8 lines deleted...]
-    <t>Kombine büro yönetim hizmeti faaliyetleri (bir ücret veya sözleşme temelinde sekreterlik, finansal planlama, faturalama ve kayıt tutulması, personel ve posta vb. hizmetlerin kombinasyonunun sağlanması) (Sanal ofis, hazır ofis ve paylaşımlı ofis hizmeti faaliyetleri hariç)</t>
+    <t>1300/99</t>
+  </si>
+  <si>
+    <t>AVŞAR MERGEN MİMARLIK İNŞAAT YAPI MALZEMELERİ MOBİLYA SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. ÜLKÜ SK.  NO: 2L BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>1303/99</t>
+  </si>
+  <si>
+    <t>NECİB TURİZM İNŞAAT TAAHHÜT SANAYİ TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. KARAPINAR MEVKİİ KÜME EVLERİ NO: 23 İÇ KAPI NO: 10 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>1307/99</t>
+  </si>
+  <si>
+    <t>ANSE SİGORTA ARACILIK HİZMETLERİ LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. CEVAT KÖPRÜCÜ CAD.  NO: 21D  İÇ KAPI NO: 20 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>1317/99</t>
+  </si>
+  <si>
+    <t>T.M.T EĞİTİM NAKLİYAT İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. KURTULUŞ 1 SK.  NO: 8A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>1334/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU SARAY MAHALLESİ TARIMSAL KALKINMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>SARAY MAH. SARAY KÜME KÜME EVLERİ   NO: 131 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>1356/99</t>
+  </si>
+  <si>
+    <t>BEY VİZYON ENERJİ ELEKTRİK MÜHENDİSLİK PROJE DANIŞMANLIK OTOMASYON OTOMOBİL SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>ZAFER MAH. MİLLİ EGEMENLİK CAD.  NO: 118C BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>1361/99</t>
+  </si>
+  <si>
+    <t>ÖZSER NEO SİGORTA VE REASÜRANS BROKERLİĞİ ANONİM ŞİRKETİ ANKARA BEY DOĞANLAR ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. P.ONB.UFUK GÖKGÖZ SK. NO: 23A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>66.22.02</t>
+  </si>
+  <si>
+    <t>Sigorta brokerlarının faaliyetleri</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>1368/99</t>
+  </si>
+  <si>
+    <t>WİN GRUP SİGORTA VE REASÜRANS BROKERLİĞİ ANONİM ŞİRKETİ ÇÖZÜM SİGORTA ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. DEVELİK SK. MODELTEK GÜVENLIK SISTEMLERI NO: 40 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>1378/99</t>
+  </si>
+  <si>
+    <t>HAFİZE SULTAN GIDA EĞİTİM VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. KURTULUŞ 2 SK. ÖZEL SULTAN ANNE ANAOKULU ILKOKULU ORTAOKULU BLOK  NO: 13A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>85.10.02</t>
+  </si>
+  <si>
+    <t>Özel öğretim kurumları tarafından verilen okul öncesi eğitim faaliyeti (okula yönelik eğitim verilmeyen gündüz bakım (kreş) faaliyetleri hariç)</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>1393/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU EKOLOJİK YAŞAM TURİZM KADIN GİRİŞİMİ ÜRETİM VE İŞLETME KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>FASIL MAH. FASIL KÜME EVLERİ NO: 77/1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>55.20.01</t>
+  </si>
+  <si>
+    <t>Tatil ve diğer kısa süreli konaklama faaliyetleri (günlük temizlik ve yatak yapma hizmeti sağlanan oda veya süit konaklama faaliyetleri hariç)</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>1396/00</t>
+  </si>
+  <si>
+    <t>BEYZA KÖKSAL KÖKSAL SİGORTA ACENTELİĞİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. SEFA SK. NO: 2B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>1408/99</t>
+  </si>
+  <si>
+    <t>TÜRKTUR OTEL ORGANİZASYON TURİZM İŞLETMECİLİĞİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. KAYHAN GÜVEN CAD. NO: 24 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>1414/99</t>
+  </si>
+  <si>
+    <t>YELKENLİ ENERJİ MİMARLIK MÜHENDİSLİK DANIŞMANLIK İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. PAPATYA SK. NO: 1 İÇ KAPI NO: 2 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>71.12.01</t>
+  </si>
+  <si>
+    <t>Yer yüzeyinin araştırılması ve harita yapımına yönelik mühendislik faaliyetleri</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>1419/99</t>
+  </si>
+  <si>
+    <t>AY KOC PETROL GIDA NAKLİYAT İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ LOKANTA ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ALPARSLAN TÜRKEŞ BUL. NO: 1/1C BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>56.11.01</t>
+  </si>
+  <si>
+    <t>Genel lokanta ve restoranların (içkili ve içkisiz) faaliyetleri</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>1423/99</t>
+  </si>
+  <si>
+    <t>ÖZFA TURİZM OTELCİLİK SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>ZAFER MAH. MİLLİ EGEMENLİK CAD. NO: 110 İÇ KAPI NO: 6 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>1425/99</t>
+  </si>
+  <si>
+    <t>MACK BEYPAZARI GIDA VE KAFE İŞLETMESİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. SEFA SK. NO: 2A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>56.10.19</t>
+  </si>
+  <si>
+    <t>Yiyecek ağırlıklı hizmet veren kafe ve kafeteryaların faaliyetleri</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>1431/99</t>
+  </si>
+  <si>
+    <t>BEY BEL TURİZM İNŞAAT TAAHHÜT NAKLİYAT MADENCİLİK GIDA PETROL ORGANİZASYON TARIM HAYVANCILIK TEKSTİL EMLAK BİLİŞİM ENERJİ SANAYİ DIŞ TİCARET LİMİTED ŞİRKETİ SULUHAN ŞUBESİ</t>
+  </si>
+  <si>
+    <t>ZAFER MAH. SULUHAN. SK. NO: 48 İÇ KAPI NO: 2 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>56.30.02</t>
+  </si>
+  <si>
+    <t>Çay ocakları, kıraathaneler, kahvehaneler, kafeler (içecek ağırlıklı hizmet veren), meyve suyu salonları ve çay bahçelerinde içecek sunum faaliyeti</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>1446/99</t>
+  </si>
+  <si>
+    <t>SELAM OTELCİLİK TURİZM İNŞAAT TARIM ÜRÜNLERİ HAYVANCILIK ZİRAİ ALETLER NAKLİYE OTOMOTİV SANAYİ VE TİCARET LİMİTED ŞİRKETİ BUTİK OTEL ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD. NO: 15 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>1454/99</t>
+  </si>
+  <si>
+    <t>BEL-PA ANKARA EĞİTİM SAĞLIK HİZMETLERİ İNŞAAT ENERJİ GIDA TEMİZLİK İTHALAT İHRACAT TİCARET ANONİM ŞİRKETİ BEYPAZARI KAFETERYA ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. HACIKARA 1 SK. NO: 25 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>1462/99</t>
+  </si>
+  <si>
+    <t>NEVRESTA TURİZM MİMARLIK İNŞAAT İŞLETMECİLİK TİCARET ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. KARAPINAR MEVKİİ KÜME EVLERİ NO: 10A İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>1464/99</t>
+  </si>
+  <si>
+    <t>BAMBİNİ EĞİTİM DANIŞMANLIK GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. ESEN SK. NO: 4A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>1465/99</t>
+  </si>
+  <si>
+    <t>1 SNR SİGORTA ARACILIK HİZMETLERİ LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. PAPATYA SK. ÇALIŞKANLAR APT NO: 4 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>1469/99</t>
+  </si>
+  <si>
+    <t>ERDA NAKLİYAT İNŞAAT PETROL GIDA TURİZM SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ BİR NUMARA ZERDE KONAK ŞUBESİ</t>
+  </si>
+  <si>
+    <t>CUMHURİYET MAH. ALAADDİN SK. NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>55.90.01</t>
+  </si>
+  <si>
+    <t>Öğrenci ve işçi yurtları, pansiyonlar ve odası kiralanan evlerde yapılan konaklama faaliyetleri (tatil amaçlı olanlar hariç)</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>1471/99</t>
+  </si>
+  <si>
+    <t>TAB GIDA SANAYİ VE TİCARET ANONİM ŞİRKETİ ANKARA BEYPAZARI BURGER KING ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. İRFAN GÜMÜŞEL CAD. NO: 55 İÇ KAPI NO: 5 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>56.10.18</t>
+  </si>
+  <si>
+    <t>Oturacak yeri olan fast-food (hamburger, sandviç, tost vb.) satış yerleri (büfeler dahil) tarafından sağlanan yemek hazırlama ve sunum faaliyetleri</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>1480/99</t>
+  </si>
+  <si>
+    <t>ÖZLEM ŞEKERLEME GIDA TEKSTİL TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ BAŞAĞAÇ ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. KURUÇAY MEVKİİ KÜME EVLERİ NO: 1E BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>1481/99</t>
+  </si>
+  <si>
+    <t>WİN GRUP SİGORTA VE REASÜRANS BROKERLİĞİ ANONİM ŞİRKETİ BEYPAZARI ÖZDEMİR ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD. NO: 127B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>1488/99</t>
+  </si>
+  <si>
+    <t>CFC MADEN ORGANİZASYON GIDA MÜHENDİSLİK İNŞAAT DANIŞMANLIK İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. MUHSİN YAZICIOĞLU CAD. NO: 7 İÇ KAPI NO: 6 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>71.12.10</t>
+  </si>
+  <si>
+    <t>Mühendislik danışmanlık hizmetleri (bir projeyle bağlantılı olarak yapılanlar hariç)</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>1489/99</t>
+  </si>
+  <si>
+    <t>BEYLER BEYİ KAHVE OTOMOTİV GIDA İNŞAAT TAAHHÜT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. AVLU BOSTANLARI SK. BARCHA CAFE NO: 10 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>1494/99</t>
+  </si>
+  <si>
+    <t>BEYMETA DG MÜHENDİSLİK DANIŞMANLIK SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ŞEHİT ÜMİT BÖLÜKOĞLU CAD. ÇALIŞKANLAR APT NO: 7 İÇ KAPI NO: 6 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>70.20.01</t>
+  </si>
+  <si>
+    <t>İşletme ve diğer idari danışmanlık faaliyetleri</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>1500/99</t>
+  </si>
+  <si>
+    <t>BEY BEL TURİZM İNŞAAT TAAHHÜT NAKLİYAT MADENCİLİK GIDA PETROL ORGANİZASYON TARIM HAYVANCILIK TEKSTİL EMLAK BİLİŞİM ENERJİ SANAYİ DIŞ TİCARET LİMİTED ŞİRKETİ ŞEHİR KULÜBÜ ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. MEHMET TANRIKULU SK. NO: 4 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>1501/99</t>
+  </si>
+  <si>
+    <t>BEY BEL TURİZM İNŞAAT TAAHHÜT NAKLİYAT MADENCİLİK GIDA PETROL ORGANİZASYON TARIM HAYVANCILIK TEKSTİL EMLAK BİLİŞİM ENERJİ SANAYİ DIŞ TİCARET LİMİTED ŞİRKETİ CANKARA ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. MUSTAFA CANKARA KÜLTÜR VE KONGRE MERKEZI NO: 107 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>81.10.01</t>
+  </si>
+  <si>
+    <t>Tesis bünyesindeki kombine destek hizmetleri</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>162/00</t>
+  </si>
+  <si>
+    <t>GÖKHAN GÖKGÖZ-GÖKHAN GÖKGÖZ SİGORTA</t>
+  </si>
+  <si>
+    <t>ALTIPARMAK İŞ HANI BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>205/99</t>
+  </si>
+  <si>
+    <t>BÜRO 88 SİGORTA ARACILIK HİZMETLERİ LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ CEVAT KÖPRÜCÜ CAD.  NO: 21 D/20  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>238/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI ESNAF VE SANATKARLARI KREDİ VE KEFALET KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MİLLİ EGEMENLİK   NO:7/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>66.19.06</t>
+  </si>
+  <si>
+    <t>Esnaf ve sanatkarlar kredi kefalet kooperatiflerinin kredi aracılık faaliyetleri ile kredi garanti fonunun faaliyetleri</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>367/99</t>
+  </si>
+  <si>
+    <t>BİLKOÇ SİGORTA ARACILIK HİZMETLERİ LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ KEMAL MİLASLI CADDESİ NO: 4/13  PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>472/00</t>
+  </si>
+  <si>
+    <t>HÜSNÜ BAYRAMOĞLU-BAĞEVİ ANADOLU MUTFAĞI</t>
+  </si>
+  <si>
+    <t>HACIKARA MH. ÇAYKENARI SK.  NO : 7 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>549/00</t>
+  </si>
+  <si>
+    <t>YAVUZ SELİM AKDOĞAN-BÜRO 91 GÜVEN SİGORTA ACENTELİĞİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. KEMAL MİLASLI  NO : 3 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>563/99</t>
+  </si>
+  <si>
+    <t>ÖZLEM ŞEKERLEME GIDA TEKSTİL TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>SOPÇAALAN MAHALLESİ SOPÇAALAN ( KÜME EVLER )  NO: 66 /1  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>579/99</t>
+  </si>
+  <si>
+    <t>BOSEM TURİZM NAKLİYAT İNŞAAT GIDA TEKSTİL HAYVANCILIK AKARYAKIT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ESKİ HÜKÜMET  EMRELLİ İŞ HANI NO : 2 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>593/99</t>
+  </si>
+  <si>
+    <t>ŞEKERBANK T.A.Ş.BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ İRFAN GÜMÜŞEL CAD. ŞEKERBANK SİT.  NO: 55/6  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>643/99</t>
+  </si>
+  <si>
+    <t>KUZUCUOĞLU TURİZM NAKLİYAT TEMİZLİK İNŞAAT TAAHHÜT OTOMOTİV SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ YOLU ÜZERİ AYIK ÇİFTLİĞİ NO : 1 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>56.30.05</t>
+  </si>
+  <si>
+    <t>Gazino, gece kulübü, taverna, diskotek, kokteyl salonları, vb. yerlerde içecek sunum faaliyetleri (alkollü-alkolsüz)</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>661/00</t>
+  </si>
+  <si>
+    <t>AYŞE YURDABAKAN-MÜFTÜZADE BEYLER SOFRASI</t>
+  </si>
+  <si>
+    <t>ZAFER MAH. KALEKAPISI  NO : 5 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>664/99</t>
+  </si>
+  <si>
+    <t>TÜRKİYE GARANTİ BANKASI ANONİM ŞİRKETİ -BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>İRFAN GÜMÜŞEL CADDESİ NO: 57 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>667/00</t>
+  </si>
+  <si>
+    <t>YAŞAR ÇALIŞKAN</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. AVLUBOSTANLAR  NO : 44 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>671/00</t>
+  </si>
+  <si>
+    <t>MERYEM SARAÇ-SARAÇ SİGORTA VE ARACILIK HİZMETLERİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ HALİL ŞIVGIN SK. IŞIK OPTİK SİT.  NO: 16/_  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>704/99</t>
+  </si>
+  <si>
+    <t>SELAM OTELCİLİK TURİZM İNŞAAT TARIM ÜRÜNLERİ HAYVANCILIK ZİRAİ ALETLER NAKLİYE OTOMOTİV SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD. NO: 28 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>743/00</t>
+  </si>
+  <si>
+    <t>ZEHRA SEMA DEMİR-YAŞAYAN MÜZE</t>
+  </si>
+  <si>
+    <t>İSTİKLAL MAH. ÇINAR SK. NO : 17  BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>91.02.02</t>
+  </si>
+  <si>
+    <t>Müzelerin faaliyetleri (müzelerde ve özel koleksiyonlarda yer alan eserlerin konservasyonu faaliyetleri hariç)</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>755/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENİZBANK ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ    </t>
+  </si>
+  <si>
+    <t>MİLLİ EGEMENLİK CADDESİ NO: 52 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>797/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI BELEDİYESİ GENÇLİK VE SPOR KULUBÜ DERNEĞİ FERHAT YAĞMUR DEĞER SPOR TESİSLERİ İŞLETMESİ</t>
+  </si>
+  <si>
+    <t>GAZİPAŞA MAH. BULGURDEDE MEVKİİ   BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>93.11.01</t>
+  </si>
+  <si>
+    <t>Spor tesislerinin işletilmesi (hipodromların işletilmesi hariç)</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>800/00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HÜSEYİN YAMAN-ÖZEL BEYPAZARI GÖKKUŞAĞI ÖZEL EĞİTİM VE REHABİLİTASYON MERKEZİ </t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. KABAÇAM YAPI KOOP. G 1 BLOK NO : 1 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>812/00</t>
+  </si>
+  <si>
+    <t>BURAK TİFTİK-TİFTİK YAPI</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. EVREN  NO : 13 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>837/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IPT MİMARLIK MÜHENDİSLİK İNŞAAT NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK  NO : 21 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>864/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TÜRKİYE VAKIFLAR BANKASI TÜRK ANONİM ORTAKLIĞI-BEYPAZARI / ANKARA ŞUBESİ </t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ MİLLİ EGEMENLİK CADDESİ NO: 19 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>894/00</t>
+  </si>
+  <si>
+    <t>ZEHRA SEMA DEMİR-YAŞAYAN MÜZE-TÜRK HAMAM MÜZESİ ŞUBESİ</t>
+  </si>
+  <si>
+    <t>CUMHURİYET MAHALLESİ YENİCE SOKAK NO: 23/2 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>31</t>
-[...578 lines deleted...]
-    <t xml:space="preserve">HÜSEYİN YAMAN-ÖZEL BEYPAZARI GÖKKUŞAĞI ÖZEL EĞİTİM VE REHABİLİTASYON MERKEZİ </t>
+    <t>906/00</t>
+  </si>
+  <si>
+    <t>ŞEVKET KURAN-KURAN YEMEK</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ DEMİRCİLER SİTESİ 2 CAD. NO: 2/ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>56.29.90</t>
+  </si>
+  <si>
+    <t>Dışarıya yemek sunan diğer işletmelerin faaliyetleri (spor, fabrika, işyeri, üniversite, vb. mensupları için tabldot servisi, vb. dahil, özel günlerde hizmet verenler hariç)</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>812/00</t>
-[...2 lines deleted...]
-    <t>BURAK TİFTİK-TİFTİK YAPI</t>
+    <t>933/99</t>
+  </si>
+  <si>
+    <t>TRUST GLOBAL AGENT SİGORTA ACENTELİĞİ LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. NO: 343A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>837/99</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">IPT MİMARLIK MÜHENDİSLİK İNŞAAT NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ </t>
+    <t>959/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU YİĞERLER KÖYÜ-ELMALI TARIMSAL  KALKINMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>YİĞERLER KÖYÜ   BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>64.92.04</t>
+  </si>
+  <si>
+    <t>Tarım kredi kooperatiflerinin kredi verme faaliyetleri</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>850/99</t>
-[...8 lines deleted...]
-    <t>Tıbbi laboratuvarların hizmetleri (adli tıp ve diş laboratuvarlarının faaliyetleri hariç) (hastane dışı)</t>
+    <t>961/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEYPAZARI HAFIZ YETİŞTİRME EĞİTİM VE KÜLTÜR DERNEĞİSOSYAL TESİSLER İŞLETMESİ </t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ KAYHAN GÜVEN CADDESİ NO: 10/C PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>94.12.05</t>
+  </si>
+  <si>
+    <t>Mesleki birlikler, dernekler ve odaların faaliyetleri</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>864/99</t>
-[...80 lines deleted...]
-  <si>
     <t>987/99</t>
   </si>
   <si>
     <t>ARYA ÖZEL SAĞLIK HİZMETLERİ MEDİKAL İNŞAAT İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>HACIKARA ALPARSLAN TÜRKEŞ BULVARI    NO:363/A BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>86.23.01</t>
   </si>
   <si>
     <t>Özel sağlık kurumları tarafından sağlanan diş hekimliği uygulama faaliyetleri (yatılı hastane faaliyetleri ile diş hijyenistleri gibi paramedikal diş sağlığı personelinin faaliyetleri hariç)</t>
   </si>
   <si>
     <t>RAPOR BAŞLIĞI:</t>
   </si>
   <si>
     <t>ÜYE LISTE DETAY RAPORU</t>
   </si>
   <si>
     <t>RAPOR ALINMA TARIHI:</t>
   </si>
   <si>
-    <t>12/09/2025 08:39</t>
+    <t>19/01/2026 11:05</t>
   </si>
   <si>
     <t>**********************</t>
   </si>
   <si>
     <t>RAPOR PARAMETRELERI</t>
   </si>
   <si>
     <t>DEĞERLER</t>
   </si>
   <si>
     <t>aktifAdres</t>
   </si>
   <si>
     <t>Evet</t>
   </si>
   <si>
     <t>askida</t>
   </si>
   <si>
+    <t>Hayır</t>
+  </si>
+  <si>
     <t>meslekGrubu</t>
   </si>
   <si>
     <t>5FE6B4C688434D</t>
   </si>
   <si>
     <t>faal</t>
   </si>
   <si>
     <t>prmYetkiliGoster</t>
   </si>
   <si>
-    <t>Hayır</t>
-[...1 lines deleted...]
-  <si>
     <t>faks</t>
   </si>
   <si>
     <t>odaBorsaNo</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>baskaOdayaKaydiOlan</t>
   </si>
   <si>
     <t>yanyanaYetkili</t>
   </si>
   <si>
     <t>prmOrtakGoster</t>
+  </si>
+  <si>
+    <t>adresTipi</t>
   </si>
   <si>
     <t>tekrarliTel</t>
   </si>
   <si>
     <t>vergiMatrahi</t>
   </si>
   <si>
     <t>terk</t>
   </si>
   <si>
     <t>cepTel</t>
   </si>
   <si>
     <t>yanyanaOrtak</t>
   </si>
   <si>
     <t>adresEkle</t>
   </si>
   <si>
     <t>telEkle</t>
   </si>
   <si>
     <t>resenMi</t>
   </si>
@@ -1650,2280 +1853,2395 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F97"/>
+  <dimension ref="A1:G89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D78" sqref="D78"/>
+      <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.140625" customWidth="1"/>
+    <col min="1" max="1" width="9.85546875" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" customWidth="1"/>
-    <col min="3" max="3" width="35.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="35.140625" customWidth="1"/>
+    <col min="3" max="4" width="35.140625" customWidth="1"/>
+    <col min="5" max="6" width="17.5703125" customWidth="1"/>
+    <col min="7" max="7" width="35.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="2" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D2" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E2" s="3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F2" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="G55" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...16 lines deleted...]
-      <c r="B4" s="3" t="s">
+    </row>
+    <row r="56" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A69" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F70" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="G70" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="3" t="s">
-[...162 lines deleted...]
-      <c r="E12" s="3" t="s">
+    </row>
+    <row r="71" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A77" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A78" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A79" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A80" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F80" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="F12" s="3" t="s">
+      <c r="G80" s="3" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="13" spans="1:6" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
-[...72 lines deleted...]
-      <c r="E16" s="3" t="s">
+    <row r="81" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A81" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F86" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="F16" s="3" t="s">
+      <c r="G86" s="3" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="17" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...1399 lines deleted...]
-    <row r="87" spans="1:6" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>334</v>
+        <v>426</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>335</v>
+        <v>427</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>336</v>
+        <v>428</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>10</v>
+        <v>429</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+        <v>430</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>337</v>
+        <v>432</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>338</v>
+        <v>433</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>339</v>
+        <v>434</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>10</v>
+        <v>435</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:6" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+        <v>436</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>340</v>
+        <v>438</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>341</v>
+        <v>439</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>342</v>
+        <v>440</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>10</v>
+        <v>441</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>344</v>
-[...159 lines deleted...]
-        <v>376</v>
+        <v>442</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B33"/>
+  <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>377</v>
+        <v>444</v>
       </c>
       <c r="B1" t="s">
-        <v>378</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>379</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>380</v>
+        <v>447</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>381</v>
+        <v>448</v>
       </c>
       <c r="B3" t="s">
-        <v>381</v>
+        <v>448</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>382</v>
+        <v>449</v>
       </c>
       <c r="B4" t="s">
-        <v>383</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>384</v>
+        <v>451</v>
       </c>
       <c r="B6" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="B7" t="s">
-        <v>385</v>
+        <v>454</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>387</v>
+        <v>455</v>
       </c>
       <c r="B8" t="s">
-        <v>388</v>
+        <v>456</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>389</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>390</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>392</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>393</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>394</v>
+        <v>461</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>395</v>
+        <v>462</v>
       </c>
       <c r="B13" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>396</v>
+        <v>463</v>
       </c>
       <c r="B14" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>397</v>
+        <v>464</v>
       </c>
       <c r="B15" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>398</v>
+        <v>465</v>
       </c>
       <c r="B16" t="s">
-        <v>391</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>399</v>
+        <v>466</v>
       </c>
       <c r="B17" t="s">
-        <v>391</v>
+        <v>452</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>400</v>
+        <v>467</v>
       </c>
       <c r="B18" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>401</v>
+        <v>468</v>
       </c>
       <c r="B19" t="s">
-        <v>385</v>
+        <v>454</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>402</v>
+        <v>469</v>
       </c>
       <c r="B20" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>403</v>
+        <v>470</v>
       </c>
       <c r="B21" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>404</v>
+        <v>471</v>
       </c>
       <c r="B22" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>405</v>
+        <v>472</v>
       </c>
       <c r="B23" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>406</v>
+        <v>473</v>
       </c>
       <c r="B24" t="s">
-        <v>385</v>
+        <v>454</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>407</v>
+        <v>474</v>
       </c>
       <c r="B25" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>408</v>
+        <v>475</v>
       </c>
       <c r="B26" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>409</v>
+        <v>476</v>
       </c>
       <c r="B27" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>410</v>
+        <v>477</v>
       </c>
       <c r="B28" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>411</v>
+        <v>478</v>
       </c>
       <c r="B29" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>412</v>
+        <v>479</v>
       </c>
       <c r="B30" t="s">
-        <v>284</v>
+        <v>454</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>413</v>
+        <v>480</v>
       </c>
       <c r="B31" t="s">
-        <v>391</v>
+        <v>341</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>414</v>
+        <v>481</v>
       </c>
       <c r="B32" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>415</v>
+        <v>482</v>
       </c>
       <c r="B33" t="s">
-        <v>391</v>
+        <v>454</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>483</v>
+      </c>
+      <c r="B34" t="s">
+        <v>454</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Veriler</vt:lpstr>