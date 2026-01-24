--- v0 (2025-10-08)
+++ v1 (2026-01-24)
@@ -1,1266 +1,1415 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BTO\OneDrive\Desktop\2025 İŞ PLANI\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\ORTAK\AKREDİTASYON\SOSYAL MEDYA- WEB- SMS\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\ARALIK 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0CDCB2E8-CA57-447D-A240-61A352BEBCE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{113C65A2-8937-4128-831B-66E604DBDA6C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Veriler" sheetId="1" r:id="rId1"/>
     <sheet name="Parametreler" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="678" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="698" uniqueCount="453">
   <si>
     <t>SIRA NO</t>
   </si>
   <si>
     <t>UYE SICIL NO</t>
   </si>
   <si>
     <t>UNVAN</t>
   </si>
   <si>
+    <t>ADRES</t>
+  </si>
+  <si>
     <t>MESLEK GRUBU</t>
   </si>
   <si>
     <t>NACE FAALIYET KODU</t>
   </si>
   <si>
     <t>NACE FAALIYET ADI</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t xml:space="preserve"> 1166/99</t>
   </si>
   <si>
     <t>AYDINAT TAVUKÇULUK GIDA SANAYİ TİCARET LİMİTED ŞİRKETİ FATİH 1 ŞUBESİ</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
+    <t>Tescil Adresi</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ŞEHİT  SADIK EKİZ CAD. NO: 17 A/15 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>04. MESLEK GRUBU</t>
   </si>
   <si>
     <t>46.33.02</t>
   </si>
   <si>
     <t>Yumurta ve yumurta ürünleri toptan ticareti</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>058/99</t>
-[...8 lines deleted...]
-    <t>Taze sebze ve meyve perakende ticareti (manav ürünleri ile kültür mantarı dahil)</t>
+    <t>066/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI BOSTANCILARI TARIMSAL ÜRETİM VE PAZARLAMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>FASIL MAH. FASIL KÜME EVLERİ NO: 77/1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>46.17.02</t>
+  </si>
+  <si>
+    <t>Yaş sebze ve meyvelerin toptan satışı ile ilgili aracıların faaliyetleri (kabzımallık ve aracı üretici birlikleri dahil)</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>066/99</t>
-[...8 lines deleted...]
-    <t>Yaş sebze ve meyvelerin toptan satışı ile ilgili aracıların faaliyetleri (kabzımallık ve aracı üretici birlikleri dahil)</t>
+    <t>068/99</t>
+  </si>
+  <si>
+    <t>AYIK TARIM GIDA İNŞAAT NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ SELİN SK.  NO: 2 A  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>47.76.03</t>
+  </si>
+  <si>
+    <t>Gübre ve zirai kimyasal ürünlerin perakende ticareti</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>068/99</t>
-[...8 lines deleted...]
-    <t>Gübre ve zirai kimyasal ürünlerin perakende ticareti</t>
+    <t>1010/99</t>
+  </si>
+  <si>
+    <t>DOĞA TAVUKÇULUK SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAHALLESİ 6. SOKAK NO:10B/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>01.47.01</t>
+  </si>
+  <si>
+    <t>Kümes hayvanlarının yetiştirilmesi (tavuk, hindi, ördek, kaz ve beç tavuğu vb.)</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>1010/99</t>
-[...8 lines deleted...]
-    <t>Kümes hayvanlarının yetiştirilmesi (tavuk, hindi, ördek, kaz ve beç tavuğu vb.)</t>
+    <t>1011/99</t>
+  </si>
+  <si>
+    <t>AK ÇA İNŞAAT TARIM HAYVANCILIK SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ İRFAN GÜMÜŞEL   NO:4/C BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>1011/99</t>
-[...2 lines deleted...]
-    <t>AK ÇA İNŞAAT TARIM HAYVANCILIK SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1012/99</t>
+  </si>
+  <si>
+    <t>MER TAVUKÇULUK PETROL İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ PAPATYA SOKAK NO:23/1 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>1012/99</t>
-[...2 lines deleted...]
-    <t>MER TAVUKÇULUK PETROL İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1013/99</t>
+  </si>
+  <si>
+    <t>ALTIN ÇİFTLİĞİ TAVUKÇULUK İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. CEVAT KÖPRÜCÜ SOKAK NO:12/9 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>1013/99</t>
-[...2 lines deleted...]
-    <t>ALTIN ÇİFTLİĞİ TAVUKÇULUK İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1015/99</t>
+  </si>
+  <si>
+    <t>BEYCAN TARIM HAYVANCILIK NAKLİYAT HARFİYAT İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MH.ÇAY KENARI SK.NO:9/1 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>1015/99</t>
-[...2 lines deleted...]
-    <t>BEYCAN TARIM HAYVANCILIK NAKLİYAT HARFİYAT İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1041/99</t>
+  </si>
+  <si>
+    <t>BEY HARMAN TARIM ÜRÜNLERİ HAYVANCILIK İNŞAAT NAKLİYAT AKARYAKIT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA     NO:217 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>46.31.04</t>
+  </si>
+  <si>
+    <t>Diğer taze meyve sebze toptan ticareti (patates dahil)</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>1041/99</t>
-[...8 lines deleted...]
-    <t>Diğer taze meyve sebze toptan ticareti (patates dahil)</t>
+    <t>1045/99</t>
+  </si>
+  <si>
+    <t>BEY AKSOY KARDEŞLER TARIM ÜRÜNLERİ GIDA HAYVANCILIK NAKLİYAT İNŞAAT AKARYAKIT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HARMANCIK MAHALLESİ  HARMANCIK SOKAK  NO:209/A BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>1045/99</t>
-[...2 lines deleted...]
-    <t>BEY AKSOY KARDEŞLER TARIM ÜRÜNLERİ GIDA HAYVANCILIK NAKLİYAT İNŞAAT AKARYAKIT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1086/99</t>
+  </si>
+  <si>
+    <t>EYÜP TAŞ SEBZE MEYVE GIDA TARIM ÜRÜNLERİ HAYVANCILIK TURİZM TEKSTİL İNŞAAT NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HARMANCIK  HARMANCIK  NO:NO:208  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>1071/99</t>
-[...2 lines deleted...]
-    <t>BATIAYAZ TARIMSAL ÜRÜNLER VE HAYVANCILIK GIDA AMBALAJ İNŞAAT NAKLİYAT TEKSTİL SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>109/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU KARAŞAR TARIMSAL KALKINMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>KARAŞAR NAHİYESİ KOZBELİ MEVKİ   BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>1086/99</t>
-[...2 lines deleted...]
-    <t>EYÜP TAŞ SEBZE MEYVE GIDA TARIM ÜRÜNLERİ HAYVANCILIK TURİZM TEKSTİL İNŞAAT NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>1110/99</t>
+  </si>
+  <si>
+    <t>HÜDAYETTAŞ TARIM HAYVANCILIK NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HARMANCIK  HARMANCIK  NO:208/1 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>109/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU KARAŞAR TARIMSAL KALKINMA KOOPERATİFİ</t>
+    <t>1134/99</t>
+  </si>
+  <si>
+    <t>SOYCANOĞLU GIDA TARIM VE HAYVANCILIK AMBALAJ PETROL İNŞAAT NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ   KAPULLU ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KAPULLU  KAPULLU  NO:151 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>46.21.02</t>
+  </si>
+  <si>
+    <t>Tahıl toptan ticareti (buğday, arpa, çavdar, yulaf, mısır, çeltik vb.)</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>1110/99</t>
-[...2 lines deleted...]
-    <t>HÜDAYETTAŞ TARIM HAYVANCILIK NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1157/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU GÜZEL KAPULLU MAHALLESİ SULAMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>KAPULLU MAHALLESİ KAPULLU KÜME EVLERİ NO: 192/ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>01.61.03</t>
+  </si>
+  <si>
+    <t>Bitkisel üretimi destekleyici tarımsal amaçlı sulama faaliyetleri</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>1134/99</t>
-[...9 lines deleted...]
-    <t>Tahıl toptan ticareti (buğday, arpa, çavdar, yulaf, mısır, çeltik vb.)</t>
+    <t>1163/00</t>
+  </si>
+  <si>
+    <t>RAMAZAN ALAMUR RAMAZAN ALAMUR</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ALPARSLAN TÜRKEŞ BLV. NO: 115/47 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>47.22.05</t>
+  </si>
+  <si>
+    <t>Et perakende ticareti</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>1157/99</t>
-[...8 lines deleted...]
-    <t>Bitkisel üretimi destekleyici tarımsal amaçlı sulama faaliyetleri</t>
+    <t>118/99</t>
+  </si>
+  <si>
+    <t>BARANBEY TARIM ÜRÜNLERİ PAZARLAMA NAKLİYAT İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ NO: 52 PK:06730 KARAPINAR MEVKİİ KIRBAŞI YOLU ÜZERİ KÜME EVLERİ BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>1163/00</t>
-[...8 lines deleted...]
-    <t>Et perakende ticareti</t>
+    <t>1204/99</t>
+  </si>
+  <si>
+    <t>BAŞARANSERA TARIM VE HAYVANCILIK NAKLİYE İNŞAAT TAAHHÜT İTHALAT İHRACAT GIDA PETROL SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ALPARSLAN TÜRKEŞ BLV.  NO: 292/1  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>46.21.08</t>
+  </si>
+  <si>
+    <t>Tohum (yağlı tohumlar hariç) toptan ticareti</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>118/99</t>
-[...2 lines deleted...]
-    <t>BARANBEY TARIM ÜRÜNLERİ PAZARLAMA NAKLİYAT İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1221/99</t>
+  </si>
+  <si>
+    <t>BEY ANADOLU PETROL İNŞAAT TARIM HAYVANCILIK MADENCİLİK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>DİKMEN MAHALLESİ DİKMEN (MÜCAVİR) ( KÜME EVLER )  NO: 88 A  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>1196/99</t>
-[...8 lines deleted...]
-    <t>Et toptan ticareti (av hayvanları ve kümes hayvanları etleri hariç)</t>
+    <t>1230/99</t>
+  </si>
+  <si>
+    <t>ER CE TARIM İNŞAAT NAKLİYAT GIDA PETROL HAYVANCILIK İTHALAT VE İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KIRBAŞI MAHALLESİ KIRBAŞI ( KÜME EVLER )  NO: 1  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>1204/99</t>
-[...8 lines deleted...]
-    <t>Tohum (yağlı tohumlar hariç) toptan ticareti</t>
+    <t>1237/00</t>
+  </si>
+  <si>
+    <t>ÖMER KORKMAZ KORKMAZ TARIM</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ MİLLİ EGEMENLİK CAD.  NO: 25/5  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>1221/99</t>
-[...2 lines deleted...]
-    <t>BEY ANADOLU PETROL İNŞAAT TARIM HAYVANCILIK MADENCİLİK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1239/99</t>
+  </si>
+  <si>
+    <t>TSD TARIM DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HARMANCIK MAHALLESİ HARMANCIK ( KÜME EVLER )  NO: 218  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>1230/99</t>
-[...2 lines deleted...]
-    <t>ER CE TARIM İNŞAAT NAKLİYAT GIDA PETROL HAYVANCILIK İTHALAT VE İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1242/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU YEŞİLAĞAÇ MAHALLESİ GÜRAĞAÇ MEVKİİ SULAMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>YEŞİLAĞAÇ MAHALLESİ GÜRAĞAÇ ( KÜME EVLER ) LOJMAN SİT.  NO: 8 A/1  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>1237/00</t>
-[...2 lines deleted...]
-    <t>ÖMER KORKMAZ KORKMAZ TARIM</t>
+    <t>1244/99</t>
+  </si>
+  <si>
+    <t>KUTANGÖZ LOJİSTİK TARIM VE HAYVANCILIK NAKLİYAT İNŞAAT TURİZM İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. İRFAN GÜMÜŞEL CAD. NO: 4 İÇ KAPI NO: 3 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>1239/99</t>
-[...2 lines deleted...]
-    <t>TSD TARIM DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1251/99</t>
+  </si>
+  <si>
+    <t>BEYLERBEYİ TARIM HAYVANCILIK GIDA İNŞAAT NAKLİYAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KAYABÜKÜ MAHALLESİ KAYABÜKÜ ( KÜME EVLER ) İDARİ BİNA APT.  NO: 58  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>01.30.03</t>
+  </si>
+  <si>
+    <t>Dikim için sebze fidesi, meyve fidanı vb. yetiştirilmesi</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>1241/99</t>
-[...2 lines deleted...]
-    <t>DURAS TARIM HAYVANCILIK NAKLİYE İNŞAAT OTOMOTİV MADENCİLİK İTHALAT VE İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1265/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI TARIMSAL KALKINMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ MİLLİ EGEMENLİK CAD. ÇELİK ÇINAR İŞHANI SİT.  NO: 3 E  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>01.41.31</t>
+  </si>
+  <si>
+    <t>Sütü sağılan büyük baş hayvan yetiştiriciliği (sütü için inek ve manda yetiştiriciliği)</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>1267/99</t>
+  </si>
+  <si>
+    <t>UĞUR BEY FİDE NAKLİYE TARIM İNŞAAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ KARAPINAR KIRBAŞIYOLU ÜZ. ( KÜME EVLER )  NO: 52  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>1268/99</t>
+  </si>
+  <si>
+    <t>SEMEY TARIM ÜRÜNLERİ ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. İRFAN GÜMÜŞEL CAD.  NO: 53 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>1273/99</t>
+  </si>
+  <si>
+    <t>YAVUZBEY TARIM GIDA HAYVANCILIK NAKLİYAT İNŞAAT ENERJİ AKARYAKIT İTHALAT İHRACAT SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>TAHİR MAHALLESİ TAHİR ( KÜME EVLER )  NO: 147  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>1295/99</t>
+  </si>
+  <si>
+    <t>ÖNAYBEY TARIM NAKLİYE İNŞAAT ENERJİ SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÇAYIRHAN YOLU ÜZERİ SK. ANIL HAZIR BETON SİTESİ  NO: 36 A-  İÇ KAPI NO: - BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>1310/99</t>
+  </si>
+  <si>
+    <t>BİÇENBEYFİDE TARIM HAYVANCILIK GIDA NAKLİYE TAAHHÜT İNŞAAT İTHALAT İHRACAT VE SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>YEŞİLAĞAÇ MAH. SEREN KÜME EVLERİ  RIFKI EKEN SİTESİ  NO: 27 B-  İÇ KAPI NO: - BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>1321/99</t>
+  </si>
+  <si>
+    <t>YOLASIĞMAZ GIDA TARIM VE HAYVANCILIK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>GAZİPAŞA MAH. ILIMAN KÜME KÜME EVLERİ   NO: 17/1 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>46.23.01</t>
   </si>
   <si>
     <t>Canlı hayvanların toptan ticareti (kümes hayvanları hariç)</t>
   </si>
   <si>
-    <t>27</t>
-[...58 lines deleted...]
-  <si>
     <t>33</t>
   </si>
   <si>
-    <t>1265/99</t>
-[...8 lines deleted...]
-    <t>Sütü sağılan büyük baş hayvan yetiştiriciliği (sütü için inek ve manda yetiştiriciliği)</t>
+    <t>1332/99</t>
+  </si>
+  <si>
+    <t>SAMYAR GRUP HAYVANCILIK SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AKÇAKAVAK MAH. AKÇAKAVAK KÜME EVLERİ   NO: 70 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>1267/99</t>
-[...2 lines deleted...]
-    <t>UĞUR BEY FİDE NAKLİYE TARIM İNŞAAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1333/99</t>
+  </si>
+  <si>
+    <t>BEY ORHAN KARDEŞLER TARIM HAYVANCILIK NAKLİYE İNŞAAT PETROL AMBALAJ İTHALAT İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>OYMAAĞAÇ MAH. OYMAAĞAÇ KÜME EVLERİ   NO: 209 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>1268/99</t>
-[...2 lines deleted...]
-    <t>SEMEY TARIM ÜRÜNLERİ ANONİM ŞİRKETİ</t>
+    <t>1340/99</t>
+  </si>
+  <si>
+    <t>BEY DOLUNAY HAYVANCILIK TAVUKÇULUK TARIM GIDA İÇ VE DIŞ TİCARET SANAYİ LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KIZILCASÖĞÜT MAH. KIZILCASÖĞÜT KÜME EVLERİ   NO: 138 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>1273/99</t>
-[...2 lines deleted...]
-    <t>YAVUZBEY TARIM GIDA HAYVANCILIK NAKLİYAT İNŞAAT ENERJİ AKARYAKIT İTHALAT İHRACAT SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+    <t>1343/99</t>
+  </si>
+  <si>
+    <t>BAŞARANSERA TARIM VE HAYVANCILIK NAKLİYE İNŞAAT TAAHHÜT İTHALAT İHRACAT GIDA PETROL SANAYİ TİCARET LİMİTED ŞİRKETİ BAŞARAN PETROL ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 148 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>1295/99</t>
-[...2 lines deleted...]
-    <t>ÖNAYBEY TARIM NAKLİYE İNŞAAT ENERJİ SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1346/99</t>
+  </si>
+  <si>
+    <t>BİÇENBEYFİDE TARIM HAYVANCILIK GIDA NAKLİYE TAAHHÜT İNŞAAT İTHALAT İHRACAT VE SANAYİ TİCARET LİMİTED ŞİRKETİ BİÇENBEY ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. KANTAR SK.  NO: 7B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47.76.02</t>
+  </si>
+  <si>
+    <t>Çiçek, bitki ve tohum perakende ticareti</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>1310/99</t>
-[...2 lines deleted...]
-    <t>BİÇENBEYFİDE TARIM HAYVANCILIK GIDA NAKLİYE TAAHHÜT İNŞAAT İTHALAT İHRACAT VE SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1349/99</t>
+  </si>
+  <si>
+    <t>SERANAT TARIM NAKLİYAT İNŞAAT GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>RÜSTEMPAŞA MAH. CUMHURİYET CAD. BELEDİYE SİTESİ  NO: 55 D-  İÇ KAPI NO: - BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>01.13.20</t>
+  </si>
+  <si>
+    <t>Meyvesi yenen sebzelerin yetiştirilmesi</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>1332/99</t>
-[...2 lines deleted...]
-    <t>SAMYAR GRUP HAYVANCILIK SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1362/99</t>
+  </si>
+  <si>
+    <t>BURKUT TARIM NAKLİYAT İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>OYMAAĞAÇ MAH. OYMAAĞAÇ KÜME EVLERİ   NO: 55 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>1333/99</t>
-[...2 lines deleted...]
-    <t>BEY ORHAN KARDEŞLER TARIM HAYVANCILIK NAKLİYE İNŞAAT PETROL AMBALAJ İTHALAT İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1364/99</t>
+  </si>
+  <si>
+    <t>5S TARIM HAYVANCILIK İNŞAAT OTOMOTİV ENERJİ NAKLİYAT PETROL SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>YEŞİLAĞAÇ MAH. YEŞİLAĞAÇ KÜME EVLERİ   NO: 49  İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>46.23.02</t>
+  </si>
+  <si>
+    <t>Canlı kümes hayvanları toptan ticareti</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>1340/99</t>
-[...2 lines deleted...]
-    <t>BEY DOLUNAY HAYVANCILIK TAVUKÇULUK TARIM GIDA İÇ VE DIŞ TİCARET SANAYİ LİMİTED ŞİRKETİ</t>
+    <t>1366/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU OVABOYU KARAKAYA SULAMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>HARMANCIK MAH. HARMANCIK KÜME EVLERİ  HARMANCIK KÖYÜ KONAI VE MUHTARLII BLOK  NO: 224A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>1346/99</t>
-[...8 lines deleted...]
-    <t>Çiçek, bitki ve tohum perakende ticareti</t>
+    <t>1376/99</t>
+  </si>
+  <si>
+    <t>AK GİRİŞİM MİMARLIK MÜHENDİSLİK İNŞAAT EĞİTİM OTOMOTİV TARIM HAYVANCILIK İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AKÇAKAVAK MAH. AKÇAKAVAK KÜME EVLERİ   NO: 101A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>1349/99</t>
-[...2 lines deleted...]
-    <t>SERANAT TARIM NAKLİYAT İNŞAAT GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1383/99</t>
+  </si>
+  <si>
+    <t>ANFA ANKARA ALTINPARK İŞLETMELERİ LİMİTED ŞİRKETİ BEYPAZARI BİTKİ EVİ ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KUYUCAK MAH. KUYUCAK KÜME EVLERİ  NO: 56-  İÇ KAPI NO: - BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>1389/99</t>
+  </si>
+  <si>
+    <t>CANBEY HAYVANCILIK GIDA VE TARIM ÜRÜNLERİ SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD. ERDOĞAN APT. NO: 149 İÇ KAPI NO: 14 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>1390/99</t>
+  </si>
+  <si>
+    <t>YEŞİL TAVUKÇULUK SANAYİ VE TİCARET LİMİTED ŞİRKETİ ANKARA ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KAPULLU MAH. KAPULLU KÜME EVLERİ NO: 213 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>01.47.03</t>
+  </si>
+  <si>
+    <t>Kümes hayvanlarından yumurta üretilmesi</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>1394/00</t>
+  </si>
+  <si>
+    <t>OLCAY YILMAZ YILMAZ TARIM</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ŞİRİN 2 SK. YÜCEL APT. NO: 7 İÇ KAPI NO: 10 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>1395/99</t>
+  </si>
+  <si>
+    <t>GORDİON GIDA TARIM HAYVANCILIK SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>DİKMEN MAH. DİKMEN KÜME EVLERİ NO: 89 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>1403/00</t>
+  </si>
+  <si>
+    <t>YÜKSEL ARSLAN ARSLAN TARIM</t>
+  </si>
+  <si>
+    <t>TAHİR MAH. TAHİR KÜME EVLERİ NO: 173 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>1405/00</t>
+  </si>
+  <si>
+    <t>RIDVAN TAŞ RIDVAN TARIM</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ÖMER SEYFETTİN SK. D SİTESİ NO: 8 İÇ KAPI NO: 2 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>1409/99</t>
+  </si>
+  <si>
+    <t>ZİRVEBEY TARIM SERACILIK GIDA HAYVANCILIK İNŞAAT NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. NAMIK KEMAL 2 SK. NO: 5AB BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>1412/99</t>
+  </si>
+  <si>
+    <t>KALİTE FİDE TARIM VE HAYVANCILIK GIDA NAKLİYAT İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>DİBECİK MAH. DİBECİK KÜME EVLERİ NO: 111 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>1417/00</t>
+  </si>
+  <si>
+    <t>SUZAN ÖZTÜRK ÖZTÜRK TARIM</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. DİKİCİLER SK. NO: 12 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>1420/99</t>
+  </si>
+  <si>
+    <t>BEYZADE HAZIR BETON TARIM GIDA İNŞAAT TURİZM NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ FİDE ÜRETİM TESİSİ ŞUBESİ</t>
+  </si>
+  <si>
+    <t>FASIL MAH. FASIL KÜME EVLERİ SERA1 NO: 88/1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>1422/99</t>
+  </si>
+  <si>
+    <t>AGROBEY FİDECİLİK İTHALAT İHRACAT SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KUYUCAK MAHALLESİ KUYUCAK KÜME EVLERİ  NO: 56/_  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>46.22.01</t>
+  </si>
+  <si>
+    <t>Çiçeklerin ve bitkilerin toptan ticareti</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>1427/99</t>
+  </si>
+  <si>
+    <t>BEY LAGANİA FİDE NAKLİYE TARIM İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD. ÇELIK ÇINAR IŞHANI NO: 3 İÇ KAPI NO: 5 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>1432/99</t>
+  </si>
+  <si>
+    <t>ANK DAMIZLIK SÜT YEM GIDA PETROL TAŞIMACILIK SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. ELİF SK. NO: 9 İÇ KAPI NO: 7 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>01.50.06</t>
+  </si>
+  <si>
+    <t>Karma çiftçilik</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>1433/99</t>
+  </si>
+  <si>
+    <t>MERAY SÜT ÜRÜNLERİ ET YEM GIDA PETROL TARIM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÜNAL GEREDELİOĞLU SK. NO: 4A İÇ KAPI NO: 11 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>1449/99</t>
+  </si>
+  <si>
+    <t>BEYTAR BEYPAZARI GIDA TARIM VE HAYVANCILIK İNŞAAT NAKLİYAT TEKSTİL TİCARET LİMİTED ŞİRKETİ BEYPAZARI ÇARŞI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD. NO: 35C BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>1458/99</t>
+  </si>
+  <si>
+    <t>NURİ KASAP TARIM HAYVANCILIK ENERJİ TAŞIMACILIK PETROL VE ÜRÜNLERİ SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ORHANGAZİ SK. NO: 5A İÇ KAPI NO: 6 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>01.13.23</t>
   </si>
   <si>
     <t>Yapraklı veya saplı sebzelerin yetiştirilmesi</t>
   </si>
   <si>
-    <t>44</t>
-[...154 lines deleted...]
-  <si>
     <t>60</t>
   </si>
   <si>
-    <t>1427/99</t>
-[...2 lines deleted...]
-    <t>BEY LAGANİA FİDE NAKLİYE TARIM İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1459/99</t>
+  </si>
+  <si>
+    <t>ÜNLÜ FİDE GÜBRE TARIM İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. AHMET LEVENT ÖZTOP SK. NO: 56 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>1432/99</t>
-[...8 lines deleted...]
-    <t>Karma çiftçilik</t>
+    <t>1493/99</t>
+  </si>
+  <si>
+    <t>NOVAFARM HAYVANCILIK GIDA TARIM İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>ÜREĞİL MAH. ÜREĞİL KÜME EVLERİ NO: 178 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>01.42.09</t>
+  </si>
+  <si>
+    <t>Diğer sığır ve manda yetiştiriciliği (sütü için yetiştirilenler hariç)</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>1433/99</t>
-[...2 lines deleted...]
-    <t>MERAY SÜT ÜRÜNLERİ ET YEM GIDA PETROL TARIM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>158/00</t>
+  </si>
+  <si>
+    <t>ERTUĞRUL BÖLÜKOĞLU</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ PK:06730 ENDÜSTRİ MESLEK LİSESİ YANI BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>1441/99</t>
-[...2 lines deleted...]
-    <t>GÖKMAVİ TOHUM TARIM ÜRÜNLERİ SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>329/99</t>
+  </si>
+  <si>
+    <t>AYDINAT TAVUKÇULUK GIDA SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>YUKARIULUCAK MAH. EMİNAGA KÜME EVLERİ  0 NO: 26 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>1449/99</t>
-[...2 lines deleted...]
-    <t>BEYTAR BEYPAZARI GIDA TARIM VE HAYVANCILIK İNŞAAT NAKLİYAT TEKSTİL TİCARET LİMİTED ŞİRKETİ BEYPAZARI ÇARŞI ŞUBESİ</t>
+    <t>387/00</t>
+  </si>
+  <si>
+    <t>SEZAİ ÇOŞKUN-COŞKUN TARIM</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ MİLLİ EGEMENLİK  CADDE NO:3 ( ÇELİK ÇINAR İŞHANI )/1 _ ADRES NO: 1357912854 OFİS VE İŞYERİ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>46.75.04</t>
+  </si>
+  <si>
+    <t>Zirai kimyasal ürünlerin toptan ticareti (haşere ilaçları, yabancı ot ilaçları, dezenfektanlar, mantar ilaçları, çimlenmeyi önleyici ürünler, bitki gelişimini düzenleyiciler ve diğer zirai kimyasal ürünler)</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>1458/99</t>
-[...2 lines deleted...]
-    <t>NURİ KASAP TARIM HAYVANCILIK ENERJİ TAŞIMACILIK PETROL VE ÜRÜNLERİ SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>392/99</t>
+  </si>
+  <si>
+    <t>TAŞKIRAN TARIM GIDA AMBALAJ TURİZM NAKLİYAT İNŞAAT PETROL SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ NO: 43 PK:06730 KIRBAŞI YOLU ÜZERİ KÜME EVLER BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>1459/99</t>
-[...2 lines deleted...]
-    <t>ÜNLÜ FİDE GÜBRE TARIM İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>439/99</t>
+  </si>
+  <si>
+    <t>KALEMOGLU TARIM HAYVANCILIK GIDA NAKLİYAT VE İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ İRFAN GÜMÜŞEL  CADDE NO:59 ( İSMET BİLGİÇ İŞ MRK. )/17 _ ADRES NO: 1630303749 OFİS VE İŞYERİ BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>158/00</t>
-[...2 lines deleted...]
-    <t>ERTUĞRUL BÖLÜKOĞLU</t>
+    <t>440/99</t>
+  </si>
+  <si>
+    <t>KILIÇARSLAN TARIM GIDA TURİZM NAKLİYAT İNŞAAT HAYVANCILIK SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>TAHİR KÖYÜ NO:147 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>329/99</t>
-[...2 lines deleted...]
-    <t>AYDINAT TAVUKÇULUK GIDA SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>474/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KIRBAŞI FİDECİLİK TARIM ÜRÜNLERİ HAYVANCILIK İNŞAAT TAAHHÜTNAKLİYAT  AMBALAJ  SANAYİ TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>CUMHURİYETMH. FATİH SK. MAHALLESİ NO: 30 PK:06730 KIRBAŞI NAHİYESİ BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>387/00</t>
-[...8 lines deleted...]
-    <t>Zirai kimyasal ürünlerin toptan ticareti (haşere ilaçları, yabancı ot ilaçları, dezenfektanlar, mantar ilaçları, çimlenmeyi önleyici ürünler, bitki gelişimini düzenleyiciler ve diğer zirai kimyasal ürünler)</t>
+    <t>483/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GÜRPİ TARIM HAYVANCILIK NAKLİYAT VE İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>FASIL KÖYÜ   BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>392/99</t>
-[...2 lines deleted...]
-    <t>TAŞKIRAN TARIM GIDA AMBALAJ TURİZM NAKLİYAT İNŞAAT PETROL SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>585/99</t>
+  </si>
+  <si>
+    <t>AYDINAT İNŞAAT GIDA HAYVANCILIK TEKSTİL AKARYAKIT NAKLİYAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>YASSIKAYA KÖYÜ KARADERE MEVKİİ 107 PARSEL 5 PAFTA VE 106 PARSEL 5 PAFTA BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>439/99</t>
-[...2 lines deleted...]
-    <t>KALEMOGLU TARIM HAYVANCILIK GIDA NAKLİYAT VE İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>621/99</t>
+  </si>
+  <si>
+    <t>BEY-TAT TARIM HAYVANCILIK ÜRETİM GIDA İNŞAAT TURİZM NAKLİYE İTHALAT İHRACAT PAZARLAMA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MH.MARANGOZLAR SANAYİ SİTESİ ŞEYH ŞAMİL CD.NO:99 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>440/99</t>
-[...2 lines deleted...]
-    <t>KILIÇARSLAN TARIM GIDA TURİZM NAKLİYAT İNŞAAT HAYVANCILIK SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>624/99</t>
+  </si>
+  <si>
+    <t>BEYTAR BEYPAZARI GIDA TARIM VE HAYVANCILIK İNŞAAT NAKLİYAT TEKSTİL TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>YEŞİLAĞAÇ MAHALLESİ NO: 17 PK:06730 GÜRAĞAÇ MEVKİİ BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>474/99</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">KIRBAŞI FİDECİLİK TARIM ÜRÜNLERİ HAYVANCILIK İNŞAAT TAAHHÜTNAKLİYAT  AMBALAJ  SANAYİ TİCARET LİMİTED ŞİRKETİ </t>
+    <t>650/00</t>
+  </si>
+  <si>
+    <t>NUSRET YILDIZ-YILDIZ TARIM TİCARET</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ALPARSLAN TÜRKEŞ BLV. YILDIZ TARIM SİT.  NO: 176  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>47.29.06</t>
+  </si>
+  <si>
+    <t>Belirli bir mala tahsis edilmiş mağazalarda hububat, un ve zahire ürünleri perakende ticareti (bulgur, pirinç, mısır, vb.)</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>483/99</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">GÜRPİ TARIM HAYVANCILIK NAKLİYAT VE İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ </t>
+    <t>652/99</t>
+  </si>
+  <si>
+    <t>ÖNDER ZİRAİ TOHUM TARIM HAYVANCILIK ZİRAİ ALETLER İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ESKİ HÜKÜMET SK. NO: 5A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>585/99</t>
-[...2 lines deleted...]
-    <t>AYDINAT İNŞAAT GIDA HAYVANCILIK TEKSTİL AKARYAKIT NAKLİYAT TİCARET LİMİTED ŞİRKETİ</t>
+    <t>654/99</t>
+  </si>
+  <si>
+    <t>AY-KA TURİZM İNŞAAT GIDA PAZARLAMA NAKLİYAT TAAHHÜT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>ZAFER MAHALLESİ MİLLİ EGEMENLİK CAD. NO: 110/6 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>46.38.04</t>
+  </si>
+  <si>
+    <t>Un, nişasta, makarna, şehriye vb. ürünler ile hazır gıdaların toptan ticareti</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>621/99</t>
-[...8 lines deleted...]
-    <t>101</t>
+    <t>720/99</t>
+  </si>
+  <si>
+    <t>ELİT TARIM GIDA İNŞAAT NAKLİYAT HAYVANCILIK TEKSTİL İTHALAT İHRACAT TAAHHÜT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ FIRIN SOKAK NO: 60 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>624/99</t>
-[...2 lines deleted...]
-    <t>BEYTAR BEYPAZARI GIDA TARIM VE HAYVANCILIK İNŞAAT NAKLİYAT TEKSTİL TİCARET LİMİTED ŞİRKETİ</t>
+    <t>804/00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NURİ KASAP-NURİ KASAP ÇİFTLİĞİ </t>
+  </si>
+  <si>
+    <t>KIRBAŞI MAHALLESİ KIRBAŞI ( KÜME EVLER )  NO: 9  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>650/00</t>
-[...8 lines deleted...]
-    <t>Belirli bir mala tahsis edilmiş mağazalarda hububat, un ve zahire ürünleri perakende ticareti (bulgur, pirinç, mısır, vb.)</t>
+    <t>818/99</t>
+  </si>
+  <si>
+    <t>AY-ÇELİK TARIM HAYVANCILIK İNŞAAT NAKLİYAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MH. MİLLİ EGEMENLİK  CD.NO : 19/3  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>652/99</t>
-[...2 lines deleted...]
-    <t>ÖNDER ZİRAİ TOHUM TARIM HAYVANCILIK ZİRAİ ALETLER İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>822/99</t>
+  </si>
+  <si>
+    <t>ZİRAAT MARKET TARIM HAYVANCILIK TURİZM İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MH. TOPSAHASI EVLERİ  NO : 39 /B BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>654/99</t>
-[...8 lines deleted...]
-    <t>Un, nişasta, makarna, şehriye vb. ürünler ile hazır gıdaların toptan ticareti</t>
+    <t>835/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PIRLANTA HAYVANCILIK TARIM NAKLİYAT İNŞAAT SANAYİİÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ DEĞİRMENCİLER SOKAK NO: 36 PK:06730 SANAYİ ÇARŞISI BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>703/00</t>
-[...8 lines deleted...]
-    <t>Tütün ve tütün ürünleri perakende ticareti</t>
+    <t>849/99</t>
+  </si>
+  <si>
+    <t>ÖNDERÇELİK TARIM VE HAYVANCILIK AMBALAJ GIDA İNŞAAT NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>DİKMEN MAHALLESİ DİKMEN ( KÜME EVLER ) İDARİ BİNA APT.  NO: 92/1  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>720/99</t>
-[...8 lines deleted...]
-    <t>Meyvesi yenen sebzelerin yetiştirilmesi</t>
+    <t>851/99</t>
+  </si>
+  <si>
+    <t>BEYÇELİK TARIM VE HAYVANCILIK AMBALAJ PETROL İNŞAAT NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE İRFAN GÜMÜŞEL   NO:59/54 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>789/99</t>
-[...8 lines deleted...]
-    <t>Orman yetiştirmek için fidan ve tohum üretimi</t>
+    <t>855/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GÖKDEMİR ZAHİRE TARIM VE HAYVANCILIK BAKLİYAT İNŞAAT GIDA NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>CUMHURİYET MH.ŞEHİT MUSTAFA BOZKURT CD.FATİH SK.NO:110 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>804/00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">NURİ KASAP-NURİ KASAP ÇİFTLİĞİ </t>
+    <t>882/00</t>
+  </si>
+  <si>
+    <t>FATİH KILIÇ KILIÇ TARIM ÜRÜNLERİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ MARANGOZLAR 3. CAD. TURAN OTO DÖŞEME SİT.  NO: 22  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>816/99</t>
-[...8 lines deleted...]
-    <t>Belirli bir mala tahsis edilmiş mağazalarda süt ve süt ürünleri perakende ticareti</t>
+    <t>905/99</t>
+  </si>
+  <si>
+    <t>PELİT HAYVANCILIK İNŞAAT TAŞIMACILIK TAAHHÜT ENERJİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>YOĞUNPELİT KÖYÜ 14.KM BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>911/00</t>
+  </si>
+  <si>
+    <t>MEHMET ERTÜRK-ERTÜRK TARIM</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ SPOR SALONU YANI ( KÜME EVLER ) YÖREMİZ SİT. B BLK. APT.  NO: 22/2  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>86</t>
-[...11 lines deleted...]
-    <t>ZİRAAT MARKET TARIM HAYVANCILIK TURİZM İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>918/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOYCANOĞLU GIDA TARIM VE HAYVANCILIK AMBALAJ PETROL İNŞAAT NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ  </t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MH.KIRBAŞI YOLU ÜZERİ KÜME EVLER NO :11
+BEYPAZARI</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>835/99</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">PIRLANTA HAYVANCILIK TARIM NAKLİYAT İNŞAAT SANAYİİÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ </t>
+    <t>966/99</t>
+  </si>
+  <si>
+    <t>UZUNOĞLU TARIMSAL ÜRÜNLER VE HAYVANCILIK GIDA AMBALAJ İNŞAAT NAKLİYAT TEKSTİL SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>YAZIBAŞI MEVKİİ 2 PAFTA 11 PARSEL ÇAKILOBA KÖYÜ   BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>836/00</t>
-[...104 lines deleted...]
-  <si>
     <t>970/99</t>
   </si>
   <si>
     <t>BEY HAN MÜHENDİSLİK DANIŞMANLIK İNŞAAT HAYVANCILIK GIDA İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>KERBANLAR MAHALLESİ KERBANLAR ( KÜME EVLER )  NO: 37  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>RAPOR BAŞLIĞI:</t>
   </si>
   <si>
     <t>ÜYE LISTE DETAY RAPORU</t>
   </si>
   <si>
     <t>RAPOR ALINMA TARIHI:</t>
   </si>
   <si>
-    <t>12/09/2025 08:39</t>
+    <t>19/01/2026 09:16</t>
   </si>
   <si>
     <t>**********************</t>
   </si>
   <si>
     <t>RAPOR PARAMETRELERI</t>
   </si>
   <si>
     <t>DEĞERLER</t>
   </si>
   <si>
     <t>aktifAdres</t>
   </si>
   <si>
     <t>Evet</t>
   </si>
   <si>
     <t>askida</t>
   </si>
   <si>
+    <t>Hayır</t>
+  </si>
+  <si>
     <t>meslekGrubu</t>
   </si>
   <si>
     <t>5FE6B4C688444D</t>
   </si>
   <si>
     <t>faal</t>
   </si>
   <si>
     <t>prmYetkiliGoster</t>
   </si>
   <si>
-    <t>Hayır</t>
-[...1 lines deleted...]
-  <si>
     <t>faks</t>
   </si>
   <si>
     <t>odaBorsaNo</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>baskaOdayaKaydiOlan</t>
   </si>
   <si>
     <t>yanyanaYetkili</t>
   </si>
   <si>
     <t>prmOrtakGoster</t>
   </si>
   <si>
+    <t>adresTipi</t>
+  </si>
+  <si>
     <t>tekrarliTel</t>
   </si>
   <si>
     <t>vergiMatrahi</t>
   </si>
   <si>
     <t>terk</t>
   </si>
   <si>
     <t>cepTel</t>
   </si>
   <si>
     <t>yanyanaOrtak</t>
   </si>
   <si>
     <t>adresEkle</t>
   </si>
   <si>
     <t>telEkle</t>
   </si>
   <si>
     <t>resenMi</t>
   </si>
   <si>
+    <t>tasfiye</t>
+  </si>
+  <si>
     <t>buroTel</t>
   </si>
   <si>
-    <t>tasfiye</t>
-[...1 lines deleted...]
-  <si>
     <t>yazismaAdresi</t>
   </si>
   <si>
     <t>epostaGoster</t>
   </si>
   <si>
+    <t>isTel</t>
+  </si>
+  <si>
     <t>evTel</t>
-  </si>
-[...1 lines deleted...]
-    <t>isTel</t>
   </si>
   <si>
     <t>etiket</t>
   </si>
   <si>
     <t>organUyesiOlanlar</t>
   </si>
   <si>
     <t>birincilTel</t>
   </si>
   <si>
     <t>webEkle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1285,67 +1434,60 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
@@ -1621,2380 +1763,2418 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F102"/>
+  <dimension ref="A1:G90"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.42578125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="35.140625" customWidth="1"/>
+    <col min="1" max="1" width="9.28515625" customWidth="1"/>
+    <col min="2" max="2" width="17.5703125" customWidth="1"/>
+    <col min="3" max="4" width="35.140625" customWidth="1"/>
+    <col min="5" max="6" width="17.5703125" customWidth="1"/>
+    <col min="7" max="7" width="35.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="2" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>11</v>
+        <v>9</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F2" s="3" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>18</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>24</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:6" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>30</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+        <v>32</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>36</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>32</v>
       </c>
-    </row>
-    <row r="7" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="G6" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>40</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>32</v>
       </c>
-    </row>
-    <row r="8" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="G7" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>44</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>32</v>
       </c>
-    </row>
-    <row r="9" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="G8" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>48</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>32</v>
       </c>
-    </row>
-    <row r="10" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="G9" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>52</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F10" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="3" t="s">
         <v>32</v>
       </c>
-    </row>
-[...44 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="G34" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C13" s="3" t="s">
+      <c r="G40" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="D13" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="5" t="s">
+    </row>
+    <row r="41" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...36 lines deleted...]
-      <c r="E15" s="5" t="s">
+    </row>
+    <row r="54" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...16 lines deleted...]
-      <c r="E16" s="5" t="s">
+    </row>
+    <row r="67" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F16" s="3" t="s">
-[...47 lines deleted...]
-      <c r="B19" s="3" t="s">
+    </row>
+    <row r="69" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A69" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="C19" s="3" t="s">
+      <c r="G72" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...102 lines deleted...]
-      <c r="E24" s="5" t="s">
+    </row>
+    <row r="73" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A77" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A78" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A79" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A80" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A81" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...36 lines deleted...]
-      <c r="E26" s="5" t="s">
+    </row>
+    <row r="82" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...79 lines deleted...]
-      <c r="F30" s="3" t="s">
+    </row>
+    <row r="83" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F86" s="3" t="s">
         <v>32</v>
       </c>
-    </row>
-[...196 lines deleted...]
-      <c r="F40" s="3" t="s">
+      <c r="G86" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A89" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F89" s="3" t="s">
         <v>32</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="F42" s="3" t="s">
+      <c r="G89" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A90" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F90" s="3" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1197 lines deleted...]
-        <v>32</v>
+      <c r="G90" s="3" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B33"/>
+  <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>364</v>
+        <v>413</v>
       </c>
       <c r="B1" t="s">
-        <v>365</v>
+        <v>414</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>366</v>
+        <v>415</v>
       </c>
       <c r="B2" t="s">
-        <v>367</v>
+        <v>416</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>368</v>
+        <v>417</v>
       </c>
       <c r="B3" t="s">
-        <v>368</v>
+        <v>417</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>369</v>
+        <v>418</v>
       </c>
       <c r="B4" t="s">
-        <v>370</v>
+        <v>419</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>371</v>
+        <v>420</v>
       </c>
       <c r="B6" t="s">
-        <v>372</v>
+        <v>421</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>373</v>
+        <v>422</v>
       </c>
       <c r="B7" t="s">
-        <v>372</v>
+        <v>423</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>374</v>
+        <v>424</v>
       </c>
       <c r="B8" t="s">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>376</v>
+        <v>426</v>
       </c>
       <c r="B9" t="s">
-        <v>372</v>
+        <v>421</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>377</v>
+        <v>427</v>
       </c>
       <c r="B10" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>379</v>
+        <v>428</v>
       </c>
       <c r="B11" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>380</v>
+        <v>429</v>
       </c>
       <c r="B12" t="s">
-        <v>381</v>
+        <v>430</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>382</v>
+        <v>431</v>
       </c>
       <c r="B13" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>383</v>
+        <v>432</v>
       </c>
       <c r="B14" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>384</v>
+        <v>433</v>
       </c>
       <c r="B15" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>385</v>
+        <v>434</v>
       </c>
       <c r="B16" t="s">
-        <v>378</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>386</v>
+        <v>435</v>
       </c>
       <c r="B17" t="s">
-        <v>378</v>
+        <v>421</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>387</v>
+        <v>436</v>
       </c>
       <c r="B18" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>388</v>
+        <v>437</v>
       </c>
       <c r="B19" t="s">
-        <v>372</v>
+        <v>423</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>389</v>
+        <v>438</v>
       </c>
       <c r="B20" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>390</v>
+        <v>439</v>
       </c>
       <c r="B21" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>391</v>
+        <v>440</v>
       </c>
       <c r="B22" t="s">
-        <v>372</v>
+        <v>421</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>392</v>
+        <v>441</v>
       </c>
       <c r="B23" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>393</v>
+        <v>442</v>
       </c>
       <c r="B24" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="B25" t="s">
-        <v>372</v>
+        <v>423</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="B26" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>396</v>
+        <v>445</v>
       </c>
       <c r="B27" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>397</v>
+        <v>446</v>
       </c>
       <c r="B28" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>398</v>
+        <v>447</v>
       </c>
       <c r="B29" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>399</v>
+        <v>448</v>
       </c>
       <c r="B30" t="s">
-        <v>276</v>
+        <v>423</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>400</v>
+        <v>449</v>
       </c>
       <c r="B31" t="s">
-        <v>378</v>
+        <v>336</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>401</v>
+        <v>450</v>
       </c>
       <c r="B32" t="s">
-        <v>378</v>
+        <v>423</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>402</v>
+        <v>451</v>
       </c>
       <c r="B33" t="s">
-        <v>378</v>
+        <v>423</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>452</v>
+      </c>
+      <c r="B34" t="s">
+        <v>423</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Veriler</vt:lpstr>