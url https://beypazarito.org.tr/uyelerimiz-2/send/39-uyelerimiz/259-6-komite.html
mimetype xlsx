--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -1,979 +1,1091 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BTO\OneDrive\Desktop\2025 İŞ PLANI\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\ORTAK\AKREDİTASYON\SOSYAL MEDYA- WEB- SMS\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\ARALIK 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{264349B0-9BF4-44B9-96B4-F16DD56D3EE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2C87E900-A23D-4A0E-8D41-6637F6D4131B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Veriler" sheetId="1" r:id="rId1"/>
     <sheet name="Parametreler" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="488" uniqueCount="359">
   <si>
     <t>SIRA NO</t>
   </si>
   <si>
     <t>UYE SICIL NO</t>
   </si>
   <si>
     <t>UNVAN</t>
   </si>
   <si>
+    <t>ADRES</t>
+  </si>
+  <si>
     <t>MESLEK GRUBU</t>
   </si>
   <si>
     <t>NACE FAALIYET KODU</t>
   </si>
   <si>
     <t>NACE FAALIYET ADI</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>027/99</t>
   </si>
   <si>
     <t xml:space="preserve">ARSLANLAR PETROL İNŞAAT MADENCİLİK NAKLİYAT GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
+    <t>Tescil Adresi</t>
+  </si>
+  <si>
+    <t>MİLLİ EGEMENLİK   NO : 91 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
     <t>06. MESLEK GRUBU</t>
   </si>
   <si>
     <t>08.12.01</t>
   </si>
   <si>
     <t>Çakıl ve kum ocakçılığı (taşların kırılması ile kil ve kaolin madenciliği hariç)</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>079/99</t>
   </si>
   <si>
     <t>İRFAN ŞEKERLEME GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>5 CADDESİ NO: 38 PK:06730 MARANGOZLAR SİTESİ BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>10.82.04</t>
   </si>
   <si>
     <t>Lokum, pişmaniye, helva, karamel, koz helva, fondan, beyaz çikolata vb. imalatı (tahin helvası dahil)</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>081/99</t>
   </si>
   <si>
     <t>GÜNAYDINLAR UN VE MAMÜLLERİ TİCARET SANAYİ LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>GÜRSÖĞÜT MAHALLESİ GÜRSÖĞÜT  KÜME EVLER NO:1 /- _ ADRES NO: 1860702032 MESKEN BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>10.61.02</t>
   </si>
   <si>
     <t>Tahılların öğütülmesi ve un imalatı</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>086/99</t>
-[...2 lines deleted...]
-    <t>AKBAY KUYUMCULUK TURİZM İNŞAAT NAKLİYAT OTOMOTİV GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1032/00</t>
+  </si>
+  <si>
+    <t>COŞKUN OKUŞ OKUŞ ALÜMİNYUM</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH.MARANGOZLAR SAN.SİTESİ 3.SK.NO:13 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>22.23.08</t>
+  </si>
+  <si>
+    <t>Plastikten kapı ve pencere imalatı</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>1113/00</t>
+  </si>
+  <si>
+    <t>AHMET CERLET-CERLET İNŞAAT</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ DEMİRCİLER SİTESİ 7 SOKAK NO: 18 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>1123/99</t>
+  </si>
+  <si>
+    <t>ETİ SODA ÜRETİM PAZARLAMA NAKLİYAT VE ELEKTRİK ÜRETİM SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>YEŞİLAĞAÇ MH.GÜRAĞAÇ KÜMEEVLER NO :47/A BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>08.91.01</t>
+  </si>
+  <si>
+    <t>Kimyasal ve gübreleme amaçlı mineral madenciliği (bor, kükürt madenciliği hariç)</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>1140/00</t>
+  </si>
+  <si>
+    <t>YUSUF DOĞAN PAYMAN PAYMAN PLASTİK</t>
+  </si>
+  <si>
+    <t>AYVAŞIK SARAY BOSNA    NO:61/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>22.22.43</t>
+  </si>
+  <si>
+    <t>Plastik ambalaj malzemeleri imalatı</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>1170/99</t>
+  </si>
+  <si>
+    <t>POLGAZ POLATLI DOĞAL GAZ DAĞITIM ANONİM ŞİRKETİ BEYGAZ ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ŞEHİT  SADIK EKİZ CAD. NO: 23 A/ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>35.22.01</t>
+  </si>
+  <si>
+    <t>Ana şebeke üzerinden gaz yakıtların dağıtımı (her çeşit gazlı yakıtın, ana boru sistemiyle dağıtımı ve tedariki)</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>1201/99</t>
+  </si>
+  <si>
+    <t>BEYZADE HAZIR BETON TARIM GIDA İNŞAAT TURİZM NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ÇAYIRHAN YOLU ÜZERİ SK. N.GÖÇMEN SİT.  NO: 40 A  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>23.63.01</t>
+  </si>
+  <si>
+    <t>Hazır beton imalatı</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>1235/99</t>
+  </si>
+  <si>
+    <t>AK BEYPAZARI GÜNEŞ ENERJİ ELEKTRİK ÜRETİMİ SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KARAŞAR MAHALLESİ KIBRISCIK KARAŞAR ( KÜME EVLER ) KONTEYNER İŞYERİ APT.  NO: 14  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>33.20.51</t>
+  </si>
+  <si>
+    <t>Elektrikli ekipmanların kurulum hizmetleri (yollar, vb. için elektrikli sinyalizasyon ekipmanları hariç))</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>1255/99</t>
+  </si>
+  <si>
+    <t>İKİZOĞLU ISIL İŞLEM ENDÜSTRİYEL MAKİNALAR ELEKTRİK İNŞAAT NAKLİYE OTOMOTİV AMBALAJ İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ ŞEHİT HALİL KOÇAK CAD. KAYIKENT SİT. 4-B BLOK APT.  NO: 52 A  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>28.25.04</t>
+  </si>
+  <si>
+    <t>Isı değiştirici birimlerin (eşanjörler), hava veya diğer gazların sıvılaştırılmasında kullanılan makinelerin ve hava/gazların filtrelenmesi ve arıtılması için kullanılan makine ve cihazların imalatı</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>1271/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI KINALI ELLER LEZZET ATÖLYESİ TARIMSAL KALKINMA KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MARANGOZLAR 4. CAD.  NO: 84 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>10.71.02</t>
+  </si>
+  <si>
+    <t>Ekmek imalatı (sade pide dahil)</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>1312/99</t>
+  </si>
+  <si>
+    <t>BEY HAN İNŞAAT ENERJİ MÜHENDİSLİK VE DANIŞMANLIK GIDA HAYVANCILIK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. KAYHAN GÜVEN CAD. NO: 20C BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>1342/99</t>
+  </si>
+  <si>
+    <t>ALBEDO BS ELEKTRİK ÜRETİM ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>MAHMUTLAR MAH. MAHMUTLAR KÜME EVLERİ   NO: 125 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>35.12.00</t>
+  </si>
+  <si>
+    <t>Yenilenebilir kaynaklardan elektrik üretimi</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>1370/99</t>
+  </si>
+  <si>
+    <t>RNS DEMİR ÇELİK MAKİNA VE TEÇHİZAT İNŞAAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. AKYAZI KÜME EVLERİ   NO: 40A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>25.11.06</t>
+  </si>
+  <si>
+    <t>İnşaat ve inşaatın parçaları için metal çatı ya da iskeletlerin imalatı (kuleler, direkler, destekler, köprüler vb.) (kepenk ve yangın merdiveni ile prefabrik yapılar hariç)</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>1372/99</t>
+  </si>
+  <si>
+    <t>BEYÇAĞ MAKİNA METAL SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. DEMİRCİLER SİTESİ 6 CAD.  NO: 21 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>25.53.01</t>
+  </si>
+  <si>
+    <t>Metallerin makinede işlenmesi (torna tesfiye işleri, metal parçaları delme, tornalama, frezeleme, rendeleme, parlatma, oluk açma, perdahlama, birleştirme, kaynak yapma, çapak alma, kumlama, vb. faaliyetler)</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>1384/99</t>
+  </si>
+  <si>
+    <t>AG AMBALAJ TARIM GIDA HAYVANCILIK İNŞAAT ENERJİ İÇ VE DIŞ TİCARET SANAYİ LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KAYABÜKÜ MAH. KAYABÜKÜ KÜME EVLERİ NO: 39A İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>1386/99</t>
+  </si>
+  <si>
+    <t>BEY EKOL HAZIR BETON KATI YAKIT MADDELERİ İNŞAAT NAKLİYAT HAFRİYAT AKARYAKIT TAAHHÜT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>GAZİPAŞA MAH. ILIMAN KÜME KÜME EVLERİ İŞYERİ NO: 20/1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>1404/99</t>
+  </si>
+  <si>
+    <t>OĞUZKENT GIDA SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. OĞUZ 2 SK. NO: 1A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>1415/99</t>
+  </si>
+  <si>
+    <t>ARSLANLAR PETROL İNŞAAT MADENCİLİK NAKLİYAT GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ DİBECİK ŞUBESİ</t>
+  </si>
+  <si>
+    <t>DİBECİK MAH. DİBECİK KÜME EVLERİ NO: 51 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>1455/99</t>
+  </si>
+  <si>
+    <t>ERS ISIL TEKNİK ENDÜSTRİYEL MAKİNELERİ SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. DEMİRCİLER SİTESİ 6 CAD. NO: 15 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>25.61.01</t>
+  </si>
+  <si>
+    <t>Metallerin ısıl işlem ve anodlama, sertleştirme, vernikleme, vb. yüzey işlemleri, elektroliz, çinkoyla galvanizleme veya kimyasal işlemlerle metalik kaplama (kalay ve nikel kaplama hariç) ve plastik, teflon, vb. metal dışı malzemelerle kaplama faaliyeti</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>1456/99</t>
+  </si>
+  <si>
+    <t>BEYPİ BEYPAZARI TARIMSAL ÜRETİM PAZARLAMA SANAYİ VE TİCARET ANONİM ŞİRKETİ BEYPAZARI YEM FABRİKASI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. AKYAZI KÜME EVLERİ NO: 94 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>10.91.01</t>
+  </si>
+  <si>
+    <t>Çiftlik hayvanları için hazır yem imalatı</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>1472/99</t>
+  </si>
+  <si>
+    <t>ÖNDERBEY GIDA İNŞAAT OTOMOTİV NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MARANGOZLAR 4. CAD. NO: 3 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>10.73.03</t>
+  </si>
+  <si>
+    <t>Makarna, şehriye, kuskus ve benzeri mamullerin imalatı (doldurulmuş veya dondurulmuş olanlar dahil)</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>1474/99</t>
+  </si>
+  <si>
+    <t>TAŞKIRAN TARIM GIDA AMBALAJ TURİZM NAKLİYAT İNŞAAT PETROL SANAYİ TİCARET LİMİTED ŞİRKETİ TAŞKIRAN PLASTİK ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. KARAPINAR KIRBAŞIYOLU ÜZ. KÜME EVLERİ NO: 61 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>1475/99</t>
+  </si>
+  <si>
+    <t>KARGI ENERJİ ÜRETİM VE TİCARET ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KARGI MAH. KARGI KÜME EVLERİ NO: 46 İÇ KAPI NO: 196 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>35.11.19</t>
+  </si>
+  <si>
+    <t>Elektrik enerjisi üretimi</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>1476/99</t>
+  </si>
+  <si>
+    <t>ALBEDO BS ELEKTRİK ÜRETİM ANONİM ŞİRKETİ KAPULLU ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KAPULLU MAH. KAPULLU KÜME EVLERİ NO: 240 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>1477/99</t>
+  </si>
+  <si>
+    <t>YARDIMLAR PLASTİK AMBALAJ ÜRETİM SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD. NO: 141/1B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>1483/99</t>
+  </si>
+  <si>
+    <t>LEVEL 100 MAKİNA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. YILDIRIM BEYAZIT CAD. ÖZDEMIR APT NO: 14 İÇ KAPI NO: 7 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>28.12.05</t>
+  </si>
+  <si>
+    <t>Akışkan gücü ile çalışan ekipmanların ve bunların parçalarının imalatı (hidrolik ve pnömatik motorlar, hidrolik pompalar, hidrolik ve pnömatik valfler, hidrolik sistemler ve bunların parçaları)</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>1492/99</t>
+  </si>
+  <si>
+    <t>DEDA MADENCİLİK SANAYİ VE TİCARET ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>ACISU MAH. ACISU KÜME EVLERİ KONTEYNER IŞYERI NO: 49 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>08.11.08</t>
+  </si>
+  <si>
+    <t>Süsleme ve yapı taşları ile kireç taşı, alçı taşı, tebeşir ve kayağantaşı (arduvaz-kayraktaşı) ocakçılığı için taş ocağı sahasının hazırlanması</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>1495/99</t>
+  </si>
+  <si>
+    <t>BEŞİR 3 ENERJİ ÜRETİM VE TİCARETİ ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>MACUN MAH. MACUN KÜME EVLERİ NO: 156 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>35.11.00</t>
+  </si>
+  <si>
+    <t>Yenilenemeyen kaynaklardan elektrik üretimi</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>1498/99</t>
+  </si>
+  <si>
+    <t>ROBOTCELL TELEKOM ELEKTRİK ELEKTRONİK İNŞAAT İTHALAT İHRACAT SANAYİ TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MARANGOZLAR 4. CAD. NO: 32 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>25.50.01</t>
+  </si>
+  <si>
+    <t>Metallerin dövülmesi, preslenmesi, baskılanması ve damgalanması</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>1504/99</t>
+  </si>
+  <si>
+    <t>GDS YANGIN GÜVENLİK SİSTEMLERİ SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>URUŞ MAH. ÖZATA SK. NO: 21/1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>20.59.15</t>
+  </si>
+  <si>
+    <t>Yangın söndürücü müstahzarları ve dolum malzemeleri imalatı</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>272/99</t>
+  </si>
+  <si>
+    <t>BGS BEYPAZARI GIDA VE PETROL SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. DEMİRCİLER SİTESİ 4 CAD.  NO: 38 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>16.27.00</t>
+  </si>
+  <si>
+    <t>Ahşap ürünlerin bitirilmesi</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>282/99</t>
+  </si>
+  <si>
+    <t>AKBAY KUYUMCULUK TURİZM İNŞAAT NAKLİYAT OTOMOTİV GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ İRFAN GÜMÜŞEL  CADDE NO:12 ( BELEDİYE İŞHANI )/55 _ ADRES NO: 2447855277 OFİS VE İŞYERİ BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>32.12.01</t>
   </si>
   <si>
     <t>Değerli metallerden takı ve mücevherlerin imalatı (değerli metallerle baskı, yapıştırma vb. yöntemlerle giydirilmiş adi metallerden olanlar dahil)</t>
   </si>
   <si>
-    <t>5</t>
-[...388 lines deleted...]
-  <si>
     <t>35</t>
   </si>
   <si>
-    <t>1477/99</t>
-[...2 lines deleted...]
-    <t>YARDIMLAR PLASTİK AMBALAJ ÜRETİM SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>313/99</t>
+  </si>
+  <si>
+    <t>ÖZGÜ YAMAN UN SANAYİİ GIDA PETROL İNŞAAT NAKLİYAT TARIM VE HAYVANCILIK TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ TAMİRCİLER 2 SK. ÖZGÜ UN SAN. SİT.  NO: 61  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>1483/99</t>
-[...8 lines deleted...]
-    <t>Akışkan gücü ile çalışan ekipmanların ve bunların parçalarının imalatı (hidrolik ve pnömatik motorlar, hidrolik pompalar, hidrolik ve pnömatik valfler, hidrolik sistemler ve bunların parçaları)</t>
+    <t>319/00</t>
+  </si>
+  <si>
+    <t>ALİ RIZA AKALIN</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. BOZTEPE KÜME EVLER KÜME EVLERİ NO: 6 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>272/99</t>
-[...8 lines deleted...]
-    <t>Kutu, sandık, fıçı ve benzeri ahşap ambalaj malzeme imalatı</t>
+    <t>397/00</t>
+  </si>
+  <si>
+    <t>CELAL AKÇE-EMEK KURU FIRINI</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ AKYAZI 1  SOKAK NO:14 /1 _ ADRES NO: 1442210009 MESKEN BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>282/99</t>
-[...2 lines deleted...]
-    <t>AKBAY KUYUMCULUK TURİZM İNŞAAT NAKLİYAT OTOMOTİV GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>404/99</t>
+  </si>
+  <si>
+    <t>BAKPİLİÇ ENTEGRE TAVUKÇULUK ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>DİBECİK BELDESİ   BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>10.12.02</t>
+  </si>
+  <si>
+    <t>Kümes hayvanlarının kesilmesi, temizlenmesi veya paketlenmesi işi ile uğraşan mezbahaların faaliyetleri</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>313/99</t>
-[...2 lines deleted...]
-    <t>ÖZGÜ YAMAN UN SANAYİİ GIDA PETROL İNŞAAT NAKLİYAT TARIM VE HAYVANCILIK TİCARET LİMİTED ŞİRKETİ</t>
+    <t>411/00</t>
+  </si>
+  <si>
+    <t>HAKAN EMCİ-HAKAN KUYUMCULUK İNŞAAT MÜTEAHHİTLİĞİ EMLAK KOMİSYONCULUĞU</t>
+  </si>
+  <si>
+    <t>BELEDİYE İŞ HANI  NO : 60 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>319/00</t>
-[...2 lines deleted...]
-    <t>ALİ RIZA AKALIN</t>
+    <t>479/99</t>
+  </si>
+  <si>
+    <t>BEY-GAH GIDA TURİZM İNŞAAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ MENDERES SOKAK NO: 8/1  PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>10.72.02</t>
+  </si>
+  <si>
+    <t>Tatlı veya tuzlu hafif dayanıklı fırın ve pastane ürünlerinin imalatı (kurabiyeler, krakerler, galeta, gevrek halkalar vb.)</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>397/00</t>
-[...2 lines deleted...]
-    <t>CELAL AKÇE-EMEK KURU FIRINI</t>
+    <t>488/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI EKMEK SANAYİİ GIDA TARIM VE HAYVANCILIK TURİZM İNŞAAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MH.ALPARSLAN TÜRKEŞ BULVARI NO:104 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>404/99</t>
-[...8 lines deleted...]
-    <t>Kümes hayvanlarının kesilmesi, temizlenmesi veya paketlenmesi işi ile uğraşan mezbahaların faaliyetleri</t>
+    <t>514/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI EKMEK SANAYİİ GIDA TARIM VE HAYVANCILIK TURİZM İNŞAAT TİCARET LİMİTED ŞİRKETİ-BEYPAZARI SANAYİ ŞUBESİ</t>
+  </si>
+  <si>
+    <t>SANAYİ ÇARŞISI TAMİRCİLER NO : 15 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>411/00</t>
-[...2 lines deleted...]
-    <t>HAKAN EMCİ-HAKAN KUYUMCULUK İNŞAAT MÜTEAHHİTLİĞİ EMLAK KOMİSYONCULUĞU</t>
+    <t>527/00</t>
+  </si>
+  <si>
+    <t>MURAT BULDUK-BULDUK ŞEKERLEME</t>
+  </si>
+  <si>
+    <t>DEMİRCİLER SOKAK NO: 40 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>10.82.02</t>
+  </si>
+  <si>
+    <t>Şekerlemelerin ve şeker pastillerinin imalatı (bonbon şekeri vb.) (kakaolu şekerlemeler hariç)</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>479/99</t>
-[...8 lines deleted...]
-    <t>Tatlı veya tuzlu hafif dayanıklı fırın ve pastane ürünlerinin imalatı (kurabiyeler, krakerler, galeta, gevrek halkalar vb.)</t>
+    <t>557/00</t>
+  </si>
+  <si>
+    <t>HAKAN TUNÇEL-BEYGOLD KUYUMCULUK</t>
+  </si>
+  <si>
+    <t>GAZİ GÜNDÜZALP İŞ MERKEZİ  NO : 76 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>488/99</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">  </t>
+    <t>567/99</t>
+  </si>
+  <si>
+    <t>YÖREMİZ UNLU MAMÜLLER İNŞAAT TURİZM YAPI MALZEMELERİ SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>ESKİ HÜKÜMET CD. NO : 11 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>514/99</t>
-[...2 lines deleted...]
-    <t>BEYPAZARI EKMEK SANAYİİ GIDA TARIM VE HAYVANCILIK TURİZM İNŞAAT TİCARET LİMİTED ŞİRKETİ-BEYPAZARI SANAYİ ŞUBESİ</t>
+    <t>605/00</t>
+  </si>
+  <si>
+    <t>FERHAT ÇALIŞ BEYPAZARI ÇALIŞ UN</t>
+  </si>
+  <si>
+    <t>ESKİ SANAYİ ÇARŞISI  NO : 6 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>527/00</t>
-[...8 lines deleted...]
-    <t>Şekerlemelerin ve şeker pastillerinin imalatı (bonbon şekeri vb.) (kakaolu şekerlemeler hariç)</t>
+    <t>610/99</t>
+  </si>
+  <si>
+    <t>YÜKSEL BEY LOJİSTİK DEPOCULUK ANTREPOCULUK NAKLİYAT GIDA İNŞAAT İTHALAT İHRACAT TİCARET  LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ 6. SOKAK NO: 31 PK:06730 AKYAZI MEVKİİ BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>557/00</t>
-[...2 lines deleted...]
-    <t>HAKAN TUNÇEL-BEYGOLD KUYUMCULUK</t>
+    <t>619/99</t>
+  </si>
+  <si>
+    <t>TAKISAN SARRAFİYE KUYUMCULUK GIDA İNŞAAT TAAHHÜT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>İRFAN GÜMÜŞEL BELEDİYE İŞ HANI NO : 7 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>24.41.17</t>
+  </si>
+  <si>
+    <t>İşlenmemiş, yarı işlenmiş, toz halde gümüş imalatı ile adi metallerin gümüşle preslenerek kaplanması (Mücevher ve benzeri eşyaların imalatı hariç)</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>605/00</t>
-[...2 lines deleted...]
-    <t>FERHAT ÇALIŞ BEYPAZARI ÇALIŞ UN</t>
+    <t>663/00</t>
+  </si>
+  <si>
+    <t>HASAN HÜSEYİN YILDIRIM-YILDIRIM İNŞAAT MÜTEAHHİTLİK</t>
+  </si>
+  <si>
+    <t>AKYAZI DEMİRCİLER 1.  NO : 10 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>25.12.04</t>
+  </si>
+  <si>
+    <t>Alüminyum kapı, pencere, bunların kasaları, kapı eşiği, panjur, vb. imalatı</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>610/99</t>
-[...2 lines deleted...]
-    <t>YÜKSEL BEY LOJİSTİK DEPOCULUK ANTREPOCULUK NAKLİYAT GIDA İNŞAAT İTHALAT İHRACAT TİCARET  LİMİTED ŞİRKETİ</t>
+    <t>756/00</t>
+  </si>
+  <si>
+    <t>HATİCE YİĞİT-YİĞİT GIDA</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ NO: 44 PK:06730 DEMİRCİLER ÇARŞISI BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>619/99</t>
-[...8 lines deleted...]
-    <t>İşlenmemiş, yarı işlenmiş, toz halde gümüş imalatı ile adi metallerin gümüşle preslenerek kaplanması (Mücevher ve benzeri eşyaların imalatı hariç)</t>
+    <t>760/00</t>
+  </si>
+  <si>
+    <t>TUNCAY SOYLU-OSMANLI UNLU MAMÜLLER</t>
+  </si>
+  <si>
+    <t>İSTİKLAL MAHALLESİ KALAYCILAR SOKAK NO: 10 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>10.71.01</t>
+  </si>
+  <si>
+    <t>Taze pastane ürünleri imalatı (yaş pasta, kuru pasta, poğaça, kek, börek, pay, turta, waffles vb.)</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>663/00</t>
-[...8 lines deleted...]
-    <t>Alüminyum kapı, pencere, bunların kasaları, kapı eşiği, panjur, vb. imalatı</t>
+    <t>769/99</t>
+  </si>
+  <si>
+    <t>ANIL BETON PETROL İNŞAAT NAKLİYE ENERJİ SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MH. ÇAYIRHAN YOLU ÜZERİ SK.NO:36 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>756/00</t>
-[...2 lines deleted...]
-    <t>HATİCE YİĞİT-YİĞİT GIDA</t>
+    <t>774/99</t>
+  </si>
+  <si>
+    <t>ALGIDA HAYVANCILIK TEKSTİL TURİZM İNŞAAT İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MH.ALPARSLAN TÜRKEŞ BULVARI NO:28 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>10.82.06</t>
+  </si>
+  <si>
+    <t>Sert kabuklu yemiş, meyve, meyve kabuğu ve diğer bitki parçalarından şekerleme imalatı (meyan kökü hülasaları dahil)</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>760/00</t>
-[...8 lines deleted...]
-    <t>Taze pastane ürünleri imalatı (yaş pasta, kuru pasta, poğaça, kek, börek, pay, turta, waffles vb.)</t>
+    <t>830/00</t>
+  </si>
+  <si>
+    <t>ERDAL TOKTAŞ</t>
+  </si>
+  <si>
+    <t>MARANGOZLAR SANAYİ SİTESİ 2 NO : 9 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>16.23.90</t>
+  </si>
+  <si>
+    <t>Başka yerde sınıflandırılmamış inşaat doğrama ve marangozluk ürünleri (ahşaptan kiriş, kalas, payanda, beton kalıbı, çatı padavrası, vb.) imalatı</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>769/99</t>
-[...2 lines deleted...]
-    <t>ANIL BETON PETROL İNŞAAT NAKLİYE ENERJİ SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>834/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GMS GRUP İNŞAAT HAZIR BETON PETROL TAŞIMACILIK NAKLİYAT EMLAK PAZARLAMA SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ  </t>
+  </si>
+  <si>
+    <t>GAZİ PAŞA MAHALLESİ ILIMAN KÜMEEVLERİ CADDESİ 1465 ADA 1 PARSEL SOKAK NO:16 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>774/99</t>
-[...8 lines deleted...]
-    <t>Sert kabuklu yemiş, meyve, meyve kabuğu ve diğer bitki parçalarından şekerleme imalatı (meyan kökü hülasaları dahil)</t>
+    <t>840/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI İÇECEK PAZARLAMA DAĞITIM AMBALAJ TURİZM PETROL İNŞAAT SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>CUMHURİYET MAHALLESİ CEMİL ERCAN CAD. BEY.MADEN SUYU İŞL. SİT.  NO: 89 B  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>11.07.01</t>
+  </si>
+  <si>
+    <t>Doğal veya suni maden sularının üretimi (tatlandırılmış ve aromalandırılmış olanlar dahil)</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>786/99</t>
-[...2 lines deleted...]
-    <t>SUDEREN KUYUMCULUK TURİZM TARIM HAYVANCILIK İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>888/00</t>
+  </si>
+  <si>
+    <t>İBRAHİM SOYTÜRK-SOYTÜRK MOBİLYA</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ DEMİRCİLER SİTESİ 3 CAD.  NO: 18  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>31.01.01</t>
+  </si>
+  <si>
+    <t>Büro, okul, ibadethane, otel, lokanta, sinema, tiyatro vb. kapalı alanlar için mobilya imalatı (taş, beton, seramikten olanlar hariç) (vestiyer, dosya dolapları, mihraplar, minberler, kürsüler, öğrenci sıraları, büro tipi sandalye ve koltuklar, vb.)</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>830/00</t>
-[...8 lines deleted...]
-    <t>Başka yerde sınıflandırılmamış inşaat doğrama ve marangozluk ürünleri (ahşaptan kiriş, kalas, payanda, beton kalıbı, çatı padavrası, vb.) imalatı</t>
+    <t>901/00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUSTAFA ÖZDEMİR-KS KERVANSARAY EV BAKLAVACISI BEYPAZARI ŞUBESİ </t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAHALLESİ ÇAM SK. KABAÇAM SİT. F1 BLOK APT.  NO: 3 B/_  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>840/99</t>
-[...79 lines deleted...]
-  <si>
     <t>994/99</t>
   </si>
   <si>
     <t>BEYMER BEYPAZARI MERMER İNŞAAT TARIM TURİZM NAKLİYE SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>AYVAŞIK  MARANGOZLAR 4.  NO:13/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>23.70.01</t>
   </si>
   <si>
     <t>Taş ve mermerin kesilmesi, şekil verilmesi ve bitirilmesi (doğal taşlardan, mermerden, su mermerinden, travertenden, kayağantaşından levha/tabaka, kurna, lavabo, karo, kaldırım taşı, yapı taşı, mezar taşı, vb. imalatı dahil, süs eşyası hariç)</t>
   </si>
   <si>
     <t>RAPOR BAŞLIĞI:</t>
   </si>
   <si>
     <t>ÜYE LISTE DETAY RAPORU</t>
   </si>
   <si>
     <t>RAPOR ALINMA TARIHI:</t>
   </si>
   <si>
-    <t>12/09/2025 09:01</t>
+    <t>19/01/2026 09:22</t>
   </si>
   <si>
     <t>**********************</t>
   </si>
   <si>
     <t>RAPOR PARAMETRELERI</t>
   </si>
   <si>
     <t>DEĞERLER</t>
   </si>
   <si>
     <t>aktifAdres</t>
   </si>
   <si>
     <t>Evet</t>
   </si>
   <si>
     <t>askida</t>
   </si>
   <si>
+    <t>Hayır</t>
+  </si>
+  <si>
     <t>meslekGrubu</t>
   </si>
   <si>
     <t>5FE6B4C688464D</t>
   </si>
   <si>
     <t>faal</t>
   </si>
   <si>
     <t>prmYetkiliGoster</t>
   </si>
   <si>
-    <t>Hayır</t>
-[...1 lines deleted...]
-  <si>
     <t>faks</t>
   </si>
   <si>
     <t>odaBorsaNo</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>baskaOdayaKaydiOlan</t>
   </si>
   <si>
     <t>yanyanaYetkili</t>
   </si>
   <si>
     <t>prmOrtakGoster</t>
+  </si>
+  <si>
+    <t>adresTipi</t>
   </si>
   <si>
     <t>tekrarliTel</t>
   </si>
   <si>
     <t>vergiMatrahi</t>
   </si>
   <si>
     <t>terk</t>
   </si>
   <si>
     <t>cepTel</t>
   </si>
   <si>
     <t>yanyanaOrtak</t>
   </si>
   <si>
     <t>adresEkle</t>
   </si>
   <si>
     <t>telEkle</t>
   </si>
   <si>
     <t>resenMi</t>
   </si>
@@ -990,123 +1102,110 @@
     <t>epostaGoster</t>
   </si>
   <si>
     <t>isTel</t>
   </si>
   <si>
     <t>evTel</t>
   </si>
   <si>
     <t>etiket</t>
   </si>
   <si>
     <t>organUyesiOlanlar</t>
   </si>
   <si>
     <t>birincilTel</t>
   </si>
   <si>
     <t>webEkle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Calibri"/>
-    </font>
-[...4 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
@@ -1380,1701 +1479,1754 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F67"/>
+  <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K6" sqref="K6"/>
+      <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9" style="6" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="35.140625" customWidth="1"/>
+    <col min="1" max="1" width="10.42578125" customWidth="1"/>
+    <col min="2" max="2" width="15.28515625" customWidth="1"/>
+    <col min="3" max="4" width="35.140625" customWidth="1"/>
+    <col min="5" max="6" width="17.5703125" customWidth="1"/>
+    <col min="7" max="7" width="35.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="5" t="s">
+      <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
+    </row>
+    <row r="2" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>7</v>
+      </c>
       <c r="B2" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>11</v>
+        <v>9</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F2" s="3" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-        <v>13</v>
+        <v>14</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
+        <v>16</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>18</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        <v>18</v>
+        <v>20</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>22</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>24</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-        <v>23</v>
+        <v>26</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
+        <v>28</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>30</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        <v>28</v>
+        <v>32</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>34</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>36</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        <v>31</v>
+        <v>32</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>38</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>34</v>
+        <v>40</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        <v>36</v>
+        <v>42</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>44</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>39</v>
+        <v>46</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-        <v>41</v>
+        <v>48</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>50</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>39</v>
+        <v>52</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-        <v>44</v>
+        <v>54</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>56</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>34</v>
+        <v>58</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        <v>47</v>
+        <v>60</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
+        <v>62</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>64</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        <v>52</v>
+        <v>66</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>68</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>55</v>
+        <v>70</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-        <v>57</v>
+        <v>72</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>74</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>76</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-        <v>62</v>
+        <v>78</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>80</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>82</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>66</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="5" t="s">
+      <c r="G14" s="3" t="s">
         <v>67</v>
       </c>
+    </row>
+    <row r="15" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>84</v>
+      </c>
       <c r="B15" s="3" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>86</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-        <v>72</v>
+        <v>88</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>90</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>92</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-        <v>77</v>
+        <v>94</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>96</v>
       </c>
       <c r="B17" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="C17" s="3" t="s">
+      <c r="G20" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...33 lines deleted...]
-      <c r="B19" s="3" t="s">
+    </row>
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C19" s="3" t="s">
+      <c r="G27" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...171 lines deleted...]
-        <v>128</v>
+    </row>
+    <row r="28" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>150</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>152</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-        <v>131</v>
+        <v>48</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>154</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>132</v>
+        <v>155</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>11</v>
+        <v>156</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-        <v>134</v>
+        <v>158</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>160</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>135</v>
+        <v>161</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>136</v>
-[...5 lines deleted...]
-        <v>137</v>
+        <v>162</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>138</v>
-[...4 lines deleted...]
-        <v>139</v>
+        <v>164</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>166</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>142</v>
+        <v>168</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-        <v>144</v>
+        <v>170</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
+        <v>172</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>147</v>
+        <v>174</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>148</v>
-[...4 lines deleted...]
-        <v>149</v>
+        <v>176</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
+        <v>178</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>55</v>
+        <v>180</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-        <v>152</v>
+        <v>182</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>184</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>153</v>
+        <v>185</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>110</v>
+        <v>186</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>111</v>
-[...4 lines deleted...]
-        <v>155</v>
+        <v>188</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>190</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>156</v>
+        <v>191</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>157</v>
-[...5 lines deleted...]
-        <v>110</v>
+        <v>192</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>111</v>
-[...4 lines deleted...]
-        <v>158</v>
+        <v>194</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>196</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>159</v>
+        <v>197</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>160</v>
-[...5 lines deleted...]
-        <v>55</v>
+        <v>198</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-        <v>161</v>
+        <v>26</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
+        <v>200</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>162</v>
+        <v>201</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>163</v>
-[...5 lines deleted...]
-        <v>164</v>
+        <v>202</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>165</v>
-[...4 lines deleted...]
-        <v>166</v>
+        <v>78</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
+        <v>204</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>167</v>
+        <v>205</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>168</v>
-[...5 lines deleted...]
-        <v>169</v>
+        <v>206</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>170</v>
-[...4 lines deleted...]
-        <v>171</v>
+        <v>78</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
+        <v>208</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>172</v>
+        <v>209</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>173</v>
-[...4 lines deleted...]
-      <c r="E39" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F39" s="3" t="s">
+      <c r="G47" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="40" spans="1:6" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
-[...161 lines deleted...]
-        <v>203</v>
+    <row r="48" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
+        <v>251</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>204</v>
+        <v>252</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>206</v>
+        <v>253</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>207</v>
-[...4 lines deleted...]
-        <v>208</v>
+        <v>222</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
+        <v>255</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>209</v>
+        <v>256</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>210</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>257</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        <v>211</v>
+        <v>259</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>261</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>212</v>
+        <v>262</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>213</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>263</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-        <v>214</v>
+        <v>265</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>267</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>215</v>
+        <v>268</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>216</v>
-[...5 lines deleted...]
-        <v>194</v>
+        <v>269</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>195</v>
-[...4 lines deleted...]
-        <v>217</v>
+        <v>78</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
+        <v>271</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>218</v>
+        <v>272</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>219</v>
-[...5 lines deleted...]
-        <v>220</v>
+        <v>273</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>221</v>
-[...4 lines deleted...]
-        <v>222</v>
+        <v>275</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>277</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>223</v>
+        <v>278</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>224</v>
-[...5 lines deleted...]
-        <v>225</v>
+        <v>279</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>226</v>
-[...4 lines deleted...]
-        <v>227</v>
+        <v>60</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>281</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>228</v>
+        <v>282</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>283</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-        <v>230</v>
+        <v>285</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
+        <v>287</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>231</v>
+        <v>288</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>232</v>
-[...5 lines deleted...]
-        <v>233</v>
+        <v>289</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>234</v>
-[...4 lines deleted...]
-        <v>235</v>
+        <v>291</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>293</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>236</v>
+        <v>294</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>237</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>295</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-        <v>238</v>
+        <v>60</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>297</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>239</v>
+        <v>298</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>240</v>
-[...5 lines deleted...]
-        <v>241</v>
+        <v>299</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>242</v>
-[...4 lines deleted...]
-        <v>243</v>
+        <v>301</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>303</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>244</v>
+        <v>304</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>245</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>305</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        <v>246</v>
+        <v>307</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>309</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>249</v>
+        <v>311</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>250</v>
-[...4 lines deleted...]
-        <v>251</v>
+        <v>275</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>313</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>252</v>
+        <v>314</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>253</v>
-[...5 lines deleted...]
-        <v>254</v>
+        <v>315</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>13</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>255</v>
-[...139 lines deleted...]
-        <v>282</v>
+        <v>317</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>318</v>
       </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B33"/>
+  <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>283</v>
+        <v>319</v>
       </c>
       <c r="B1" t="s">
-        <v>284</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>285</v>
+        <v>321</v>
       </c>
       <c r="B2" t="s">
-        <v>286</v>
+        <v>322</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>287</v>
+        <v>323</v>
       </c>
       <c r="B3" t="s">
-        <v>287</v>
+        <v>323</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>288</v>
+        <v>324</v>
       </c>
       <c r="B4" t="s">
-        <v>289</v>
+        <v>325</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>290</v>
+        <v>326</v>
       </c>
       <c r="B6" t="s">
-        <v>291</v>
+        <v>327</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>292</v>
+        <v>328</v>
       </c>
       <c r="B7" t="s">
-        <v>291</v>
+        <v>329</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>293</v>
+        <v>330</v>
       </c>
       <c r="B8" t="s">
-        <v>294</v>
+        <v>331</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>295</v>
+        <v>332</v>
       </c>
       <c r="B9" t="s">
-        <v>291</v>
+        <v>327</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>296</v>
+        <v>333</v>
       </c>
       <c r="B10" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>298</v>
+        <v>334</v>
       </c>
       <c r="B11" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>299</v>
+        <v>335</v>
       </c>
       <c r="B12" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>301</v>
+        <v>337</v>
       </c>
       <c r="B13" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>302</v>
+        <v>338</v>
       </c>
       <c r="B14" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>303</v>
+        <v>339</v>
       </c>
       <c r="B15" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>304</v>
+        <v>340</v>
       </c>
       <c r="B16" t="s">
-        <v>297</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>305</v>
+        <v>341</v>
       </c>
       <c r="B17" t="s">
-        <v>297</v>
+        <v>327</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>306</v>
+        <v>342</v>
       </c>
       <c r="B18" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>307</v>
+        <v>343</v>
       </c>
       <c r="B19" t="s">
-        <v>291</v>
+        <v>329</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>308</v>
+        <v>344</v>
       </c>
       <c r="B20" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>309</v>
+        <v>345</v>
       </c>
       <c r="B21" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>310</v>
+        <v>346</v>
       </c>
       <c r="B22" t="s">
-        <v>291</v>
+        <v>327</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>311</v>
+        <v>347</v>
       </c>
       <c r="B23" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>312</v>
+        <v>348</v>
       </c>
       <c r="B24" t="s">
-        <v>291</v>
+        <v>329</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>313</v>
+        <v>349</v>
       </c>
       <c r="B25" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>314</v>
+        <v>350</v>
       </c>
       <c r="B26" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>315</v>
+        <v>351</v>
       </c>
       <c r="B27" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>316</v>
+        <v>352</v>
       </c>
       <c r="B28" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>317</v>
+        <v>353</v>
       </c>
       <c r="B29" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>318</v>
+        <v>354</v>
       </c>
       <c r="B30" t="s">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>319</v>
+        <v>355</v>
       </c>
       <c r="B31" t="s">
-        <v>297</v>
+        <v>228</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>320</v>
+        <v>356</v>
       </c>
       <c r="B32" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>321</v>
+        <v>357</v>
       </c>
       <c r="B33" t="s">
-        <v>297</v>
+        <v>329</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>358</v>
+      </c>
+      <c r="B34" t="s">
+        <v>329</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Veriler</vt:lpstr>
       <vt:lpstr>Parametreler</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>