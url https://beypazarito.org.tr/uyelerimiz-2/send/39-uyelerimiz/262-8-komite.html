--- v0 (2025-10-08)
+++ v1 (2026-01-24)
@@ -1,1653 +1,1732 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BTO\OneDrive\Desktop\2025 İŞ PLANI\2025 SMS - WEB ÜYE\2025 SMS SİSTEMİ\EYLÜL\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\ORTAK\AKREDİTASYON\SOSYAL MEDYA- WEB- SMS\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\ARALIK 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5C38D62-A2AE-40C2-9273-37B7D8326DC1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4549A51-B434-4D55-BCE0-F4B6C9B71A28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Veriler" sheetId="1" r:id="rId1"/>
     <sheet name="Parametreler" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="912" uniqueCount="528">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="852" uniqueCount="555">
   <si>
     <t>SIRA NO</t>
   </si>
   <si>
     <t>UYE SICIL NO</t>
   </si>
   <si>
     <t>UNVAN</t>
   </si>
   <si>
+    <t>ADRES</t>
+  </si>
+  <si>
     <t>MESLEK GRUBU</t>
   </si>
   <si>
     <t>NACE FAALIYET KODU</t>
   </si>
   <si>
     <t>NACE FAALIYET ADI</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>008/99</t>
   </si>
   <si>
     <t>ECERLER İNŞAAT TAAHHÜT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Tescil Adresi</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ALPARSLAN TÜRKEŞ BLV. M.BULDUK SİT.  NO: 367 B  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>08. MESLEK GRUBU</t>
   </si>
   <si>
     <t>47.52.02</t>
   </si>
   <si>
     <t>Hırdavat (nalburiye) ve el aletleri perakende ticareti</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>014/99</t>
   </si>
   <si>
     <t>YAKAMOZ İTHALAT İHRACAT İNŞAAT NAKLİYAT TAAHHÜT TARIM ÜRÜNLERİ TURİZM VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>İRFAN GÜMÜŞEL CADDESİ NO: 36 PK:06730 İSMET BİLGİÇ İŞHANI BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>41.20.02</t>
   </si>
   <si>
     <t>İkamet amaçlı binaların inşaatı (müstakil konutlar, birden çok ailenin oturduğu binalar, gökdelenler vb.nin inşaatı) (ahşap binaların inşaatı hariç)</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>085/99</t>
   </si>
   <si>
     <t>ÇALIŞKANLAR ISI CİHAZLARI SANAYİ VE İNŞAAT TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>KURTULUŞ MAHALLESİ ALPARSLAN TÜRKEŞ BULVARI NO: 246 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>47.52.11</t>
   </si>
   <si>
     <t>Banyo küveti, lavabo, klozet kapağı, tuvalet taşı ve rezervuarı ile seramikten karo ve fayans vb. sıhhi ürünlerin perakende ticareti</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>1001/99</t>
   </si>
   <si>
     <t>KUBA BETON PARKE İNŞAAT TARIM HAYVANCILIK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>SOPÇAALAN MAHALLESİ SOPÇAALAN KÜME EVLERİ BAKICI EVİ APT.  NO: 58/_  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>42.11.01</t>
   </si>
   <si>
     <t>Oto yollar, kara yolları, şehir içi yollar ve diğer araç veya yaya yollarının inşaatı</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>1022/99</t>
-[...2 lines deleted...]
-    <t>NURTAR MADENCİLİK HAFRİYAT NAKLİYAT İNŞAAT TAAHHÜT PETROL HAYVANCILIK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1026/00</t>
+  </si>
+  <si>
+    <t>MEHMET DEMİREL DEMİREL MADENCİLİK</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH.DEVELİK SOK.NO:24/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>46.73.08</t>
+  </si>
+  <si>
+    <t>Tuğla, kiremit, briket, kaldırım taşı vb. inşaat malzemeleri toptan ticareti</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>1031/00</t>
+  </si>
+  <si>
+    <t>SALİH ARSLAN BİRLİK İNŞAAT</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ZİYAPAŞA SOKAK NO:12/1 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>41.20.05</t>
+  </si>
+  <si>
+    <t>Mevcut ikamet amaçlı olan veya ikamet amaçlı olmayan binaların yeniden düzenlenmesi veya yenilenmesi (büyük çaplı revizyon)</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>1036/00</t>
+  </si>
+  <si>
+    <t>İZZET ERSOY ODAK İNŞAAT YALITIM VE DEKARASYON SİSTEMLERİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ 5. CADDESİ NO: 60 PK:06730 MARANGOZLAR SANAYİ SİTESİ BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>41.20.01</t>
   </si>
   <si>
     <t>İkamet amaçlı olmayan binaların inşaatı (fabrika, atölye vb. sanayi üretimini amaçlayan binalar ile hastane, okul, otel, işyeri, mağaza, alışveriş merkezi, lokanta, kapalı spor tesisi, cami, kapalı otopark, tuvalet, vb. inşaatı)</t>
   </si>
   <si>
-    <t>6</t>
-[...22 lines deleted...]
-  <si>
     <t>8</t>
   </si>
   <si>
-    <t>1031/00</t>
-[...8 lines deleted...]
-    <t>Mevcut ikamet amaçlı olan veya ikamet amaçlı olmayan binaların yeniden düzenlenmesi veya yenilenmesi (büyük çaplı revizyon)</t>
+    <t>1039/99</t>
+  </si>
+  <si>
+    <t>MURAT USTAOĞLU İNŞAAT NAKLİYE GIDA TURİZM TARIM HAYVANCILIK TAAHHÜT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÜNAL GEREDELİOĞLU SK.  NO: 4AA BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>1036/00</t>
-[...2 lines deleted...]
-    <t>İZZET ERSOY ODAK İNŞAAT YALITIM VE DEKARASYON SİSTEMLERİ</t>
+    <t>1044/99</t>
+  </si>
+  <si>
+    <t>BEY BEL TURİZM İNŞAAT TAAHHÜT NAKLİYAT MADENCİLİK GIDA PETROL ORGANİZASYON TARIM HAYVANCILIK TEKSTİL EMLAK BİLİŞİM ENERJİ SANAYİ DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ HALİL ŞIVGIN CADDESİ NO: 5 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>41.00.01</t>
+  </si>
+  <si>
+    <t>İkamet amaçlı binaların inşaatı (ahşap binaların inşaatı hariç)</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>1039/99</t>
-[...2 lines deleted...]
-    <t>MURAT USTAOĞLU İNŞAAT NAKLİYE GIDA TURİZM TARIM HAYVANCILIK TAAHHÜT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1054/99</t>
+  </si>
+  <si>
+    <t>ERKA DURU İNŞAAT OTOMOTİV TURİZM MADENCİLİK NAKLİYE SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAHALLESİ ESEN SK.  NO: 4/1  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>1044/99</t>
-[...2 lines deleted...]
-    <t>BEY BEL TURİZM İNŞAAT TAAHHÜT NAKLİYAT MADENCİLİK GIDA PETROL ORGANİZASYON TARIM HAYVANCILIK TEKSTİL EMLAK BİLİŞİM ENERJİ SANAYİ DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1056/00</t>
+  </si>
+  <si>
+    <t>YUSUF ÇİFTÇİ</t>
+  </si>
+  <si>
+    <t>HACIKARA   ALPARSLAN TÜRKEŞ  NO:127 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>1053/99</t>
-[...2 lines deleted...]
-    <t>BEYBOSTAN TARIM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1076/00</t>
+  </si>
+  <si>
+    <t>MEHMET YAMAN KAAN İNŞAAT VE TAAHHÜT İŞLERİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK  DEMİRCİLER SİTESİ 3  NO: 14 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>1054/99</t>
-[...2 lines deleted...]
-    <t>ERKA DURU İNŞAAT OTOMOTİV TURİZM MADENCİLİK NAKLİYE SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1100/00</t>
+  </si>
+  <si>
+    <t>DURAK KIZIL BEY DURAK İNŞAAT</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ TAMİRCİLER 1 SOKAK NO: 97 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>1055/99</t>
-[...2 lines deleted...]
-    <t>KILIÇBEY YAPI MALZEMELERİ NAKLİYAT İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1101/99</t>
+  </si>
+  <si>
+    <t>AFA KERESTECİLİK İNŞAAT TAAHHÜT OTOMOTİV GIDA HAYVANCILIK ENERJİ NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK  MARANGOZLAR 4  NO:78 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>47.52.10</t>
+  </si>
+  <si>
+    <t>Ağacın ilk işlenmesinden elde edilen ürünlerin perakende ticareti (kereste, ağaç talaşı ve yongası, kontrplak, yonga ve lifli levhalar (mdf, sunta vb.), parke, ahşap varil, fıçı ve diğer muhafazalar, vb.)</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>1056/00</t>
-[...2 lines deleted...]
-    <t>YUSUF ÇİFTÇİ</t>
+    <t>1108/99</t>
+  </si>
+  <si>
+    <t>AREMER ELEKTRİK ENERJİ İNŞAAT NAKLİYE SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>RÜSTEMPAŞA MAHALLESİ ÇİLİNGİR SOKAK NO: 27 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>42.22.01</t>
+  </si>
+  <si>
+    <t>Uzun mesafe elektrik hatlarının inşaatı (uzun mesafe yüksek gerilim elektrik iletim hatları ile uzun mesafe yer üstü/altı veya deniz altı iletim hatları)</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>1076/00</t>
-[...5 lines deleted...]
-    <t>116</t>
+    <t>1116/99</t>
+  </si>
+  <si>
+    <t>MET AŞ YAPI İNŞAAT GAYRİMENKUL NAKLİYAT HAYVANCILIK MİMARLIK MÜHENDİSLİK TAAHHÜT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ALPARSLAN TÜRKEŞ BLV. M.OLGUN APT. SİT.  NO: 186 A  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>1080/99</t>
-[...2 lines deleted...]
-    <t>ALGATAŞ MADENCİLİK İNŞAAT ELEKTRİK TAŞIMACILIK TAAHHÜT SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>1133/99</t>
+  </si>
+  <si>
+    <t>BESA NAKLİYAT PETROL İNŞAAT İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ALPARSLAN TÜRKEŞ BUL. NO: 188A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47.52.99</t>
+  </si>
+  <si>
+    <t>Başka yerde sınıflandırılmamış inşaat malzemesi perakende ticareti</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>1135/99</t>
+  </si>
+  <si>
+    <t>BELGEM MESLEKİ YETERLİLİK BELGELENDİRME VE SINAV HİZMETLERİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MUHSİN YAZICIOĞLU     NO:39/2      BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>43.22.06</t>
+  </si>
+  <si>
+    <t>Bina veya diğer inşaat projelerinde ısıtma, havalandırma, soğutma ve iklimlendirme sistemlerinin onarım ve bakımı</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>1136/00</t>
+  </si>
+  <si>
+    <t>MEHMET ÇUNKAŞ GÜVENİLİR İNŞAAT</t>
+  </si>
+  <si>
+    <t>HACIKARA  GÜL  NO:14/6 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>1145/99</t>
+  </si>
+  <si>
+    <t>TANRIVERDİ TAAHHÜT İNŞAAT YAPI MALZEMELERİ GIDA HAYVANCILIK NAKLİYAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAHALLESİ FATİH CAD. A BLOK APT.  NO: 53 A/A/_  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>1147/99</t>
+  </si>
+  <si>
+    <t>ERDA NAKLİYAT İNŞAAT PETROL GIDA TURİZM SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ P.ONB.UFUK GÖKGÖZ SOKAK NO: 2/2 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>1148/00</t>
+  </si>
+  <si>
+    <t>NASIR ALAN ALAN YAPI</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ 75.YIL BLV.  NO: 35 B  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>115/99</t>
+  </si>
+  <si>
+    <t>BEYSU YAPI MALZEMELERİ İNŞAAT TAAHHÜT NAKLİYAT TİCARET VE TURİZM LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ Ş.SADIK EKİZ SOKAK NO: 19/A PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>47.54.03</t>
+  </si>
+  <si>
+    <t>Evde kullanım amaçlı elektrik tesisat malzemesi perakende ticareti</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>1150/00</t>
+  </si>
+  <si>
+    <t>SEYFETTİN ÇAKIR</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MH DEMİRCİLER SAN.SİT.3. CAD   NO:22 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>1153/00</t>
+  </si>
+  <si>
+    <t>ALPER NİGAR ALPEREN İNŞAAT VE TAAHHÜT İŞLERİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. YAVUZ SULTAN SELİM SK. NO: 3B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>1155/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI KAYI İNŞAAT TARIM HAYVANCILIK GIDA ENERJİ TAAHHÜT TAŞIMACILIK İÇ DIŞ TİCARET VE SANAYİ LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ GÜRPINAR 1 SK. KOZA APT A BLK. SİT.  NO: 8/2  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>1160/99</t>
+  </si>
+  <si>
+    <t>AKIN CEYLAN TARIM GIDA HAYVANCILIK İNŞAAT PETROL NAKLİYAT İTHALAT İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>TACETTİN MAHALLESİ NO: 16 PK:06730 TACETTİN KÜME EVLERİ BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>41.00.02</t>
+  </si>
+  <si>
+    <t>İkamet amaçlı olmayan binaların inşaatı</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>1173/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI AZMAK KÜÇÜK SANAYİ SİTESİ YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ KAYHAN GÜVEN CAD. NO: 45/ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>68.12.03</t>
+  </si>
+  <si>
+    <t>İşyeri yapı kooperatiflerinin faaliyetleri</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>1184/99</t>
+  </si>
+  <si>
+    <t>BEYTÜRK EMLAK ENERJİ İNŞAAT MADEN NAKLİYAT TAAHHÜT VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. İRFAN GÜMÜŞEL CAD. NO: 59 İÇ KAPI NO: 7 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>1188/99</t>
+  </si>
+  <si>
+    <t>GÜMÜŞ GRUP HAZIR BETON İNŞAAT NAKLİYE OTOMOTİV İÇ VE DIŞ TİCARET SANAYİ LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. ERTUĞRUL GAZİ SK. NO: 2 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>119/99</t>
+  </si>
+  <si>
+    <t>MUSTAFA AÇIKGÖZ İNŞAAT TAAHHÜT MÜHENDİSLİK MÜŞAVİRLİK MÜTEAHHİTLİK SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BELEDİYE ÇARŞISI  NO : 67 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>1222/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU ANKARA PANCAR EKİCİLERİ KOOPERATİFİ BEYPAZARI SATIŞ MAĞAZASI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ MEHMET TANRIKULU SK.  NO: 7 A  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>46.61.02</t>
+  </si>
+  <si>
+    <t>Tarım, hayvancılık ve ormancılık makine ve ekipmanları ile aksam ve parçalarının toptan ticareti</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>1229/99</t>
+  </si>
+  <si>
+    <t>METREKÜP HAFRİYAT ENERJİ TARIM HAYVANCILIK NAKLİYE İNŞAAT TAAHHÜT GIDA SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÇAYIRHAN YOLU ÜZERİ SK. NO: 38 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>43.12.01</t>
   </si>
   <si>
     <t>Zemin ve arazi hazırlama, alanın temizlenmesi ile kazı ve hafriyat işleri (madencilik için yapılanlar hariç)</t>
   </si>
   <si>
-    <t>121</t>
-[...187 lines deleted...]
-  <si>
     <t>34</t>
   </si>
   <si>
-    <t>1153/00</t>
-[...2 lines deleted...]
-    <t>ALPER NİGAR ALPEREN İNŞAAT VE TAAHHÜT İŞLERİ</t>
+    <t>1261/99</t>
+  </si>
+  <si>
+    <t>ATAKYÜCEL MÜHENDİSLİK İNŞAAT TAAHHÜT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ KÖROĞLU CAD.  NO: 3 A  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>1155/99</t>
-[...2 lines deleted...]
-    <t>BEYPAZARI KAYI İNŞAAT TARIM HAYVANCILIK GIDA ENERJİ TAAHHÜT TAŞIMACILIK İÇ DIŞ TİCARET VE SANAYİ LİMİTED ŞİRKETİ</t>
+    <t>1262/99</t>
+  </si>
+  <si>
+    <t>ELİBOLBEY İNŞAAT MALZEMELERİ İNŞAAT TAAHHÜT TARIM TARIM MAKİNALARI SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ÜNAL GEREDELİOĞLU SK. A BLOK APT.  NO: 4 AE  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>1160/99</t>
-[...2 lines deleted...]
-    <t>AKIN CEYLAN TARIM GIDA HAYVANCILIK İNŞAAT PETROL NAKLİYAT İTHALAT İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1280/99</t>
+  </si>
+  <si>
+    <t>TASFİYE HALİNDE SINIRLI SORUMLU YILDIZ TEPESİ KONAKLARI KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ İRFAN GÜMÜŞEL CAD.  NO: 33  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>41.10.02</t>
+  </si>
+  <si>
+    <t>Konut yapı kooperatiflerinin faaliyetleri</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>1162/99</t>
-[...2 lines deleted...]
-    <t>KON FOR MÜHENDİSLİK İKLİMLENDİRME ISI DOĞALGAZ TESİSAT İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1282/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI OTO GALERİCİLERİ TOPLU İŞYERİ YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ AVLU BOSTANLARI SK.  NO: 20 A  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>1289/99</t>
+  </si>
+  <si>
+    <t>SİZE MİMARLIK MÜHENDİSLİK İNŞAAT GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. YILDIRIM BEYAZIT CAD.  NO: 12  İÇ KAPI NO: 23 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>1298/99</t>
+  </si>
+  <si>
+    <t>BAŞERLER KİRALAMA TARIM İNŞAAT OTOMOTİV SANAYİ VE TİCARET ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 119A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>130/99</t>
+  </si>
+  <si>
+    <t>İLKOTERM İZOLASYON YAPI MALZEMELERİ İNŞAAT VE GIDA SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ KARANFİL SOKAK NO: 15/10 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>1302/99</t>
+  </si>
+  <si>
+    <t>BEYBOL İNŞAAT VE İNŞAAT MALZEMELERİ HAFRİYAT TAAHHÜT GIDA TARIM NAKLİYE OTOMOTİV SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. İHSAN YAVAŞ SK.  NO: 25 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>46.83.01</t>
+  </si>
+  <si>
+    <t>Çimento, alçı, harç, kireç, mozaik vb. inşaat malzemeleri toptan ticareti</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>1304/99</t>
+  </si>
+  <si>
+    <t>YK TURKUAZ TURİZM İNŞAAT TARIM GIDA ENERJİ LOJİSTİK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. ÇALIŞKANLAR APT BLOK  NO: 363  İÇ KAPI NO: 9 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>1320/00</t>
+  </si>
+  <si>
+    <t>MUHAMMET İKİZOĞLU</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. FATİH CAD.  NO: 78D BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>1338/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI DURU KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. ESEN SK.  NO: 4  İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>68.12.02</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>1345/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU KAPULLU KÖYÜ KAPLICALARI GAYRİMENKUL İŞLETME KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>KAPULLU MAH. KAPULLU KÜME EVLERİ   NO: 32 B-  İÇ KAPI NO: B- BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>1347/99</t>
+  </si>
+  <si>
+    <t>MYH ARSLANLAR YAPI GRUP İNŞAAT OTOMOTİV NAKLİYE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ANAFARTALAR SK.  NO: 6B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>1352/00</t>
+  </si>
+  <si>
+    <t>CİHAN ÇAĞLAYAN BEYPA YAPI</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. EYÜP GÜNDOĞAN CAD.  NO: 15A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>47.52.15</t>
   </si>
   <si>
     <t>Demirden veya çelikten merkezi ısıtma radyatörleri, merkezi ısıtma kazanları (kombiler dahil) ile bunların parçalarının perakende ticareti (buhar jeneratörleri ve kızgın su üreten kazanlar hariç)</t>
   </si>
   <si>
-    <t>38</t>
-[...100 lines deleted...]
-  <si>
     <t>48</t>
   </si>
   <si>
-    <t>1229/99</t>
-[...2 lines deleted...]
-    <t>METREKÜP HAFRİYAT ENERJİ TARIM HAYVANCILIK NAKLİYE İNŞAAT TAAHHÜT GIDA SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1353/99</t>
+  </si>
+  <si>
+    <t>ÇALIŞKANLAR ISI CİHAZLARI SANAYİ VE İNŞAAT TİCARET LİMİTED ŞİRKETİ BEYSAN ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 7/1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47.52.03</t>
+  </si>
+  <si>
+    <t>Boya, vernik, lak, solvent vb. ürünlerin perakende ticareti</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>1358/99</t>
+  </si>
+  <si>
+    <t>GÜLPAR İNŞAAT AKARYAKIT OTOMOTİV GIDA TAŞIMACILIK TEKSTİL TARIM HAYVANCILIK SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. FATİH CAD.  NO: 143B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>42.11.02</t>
+  </si>
+  <si>
+    <t>Yol yüzeylerinin asfaltlanması ve onarımı, kaldırım, kasis, bisiklet yolu vb.lerin inşaatı</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>1375/99</t>
+  </si>
+  <si>
+    <t>ARKVEL İNŞAAT TAAHHÜT NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. MEVLANA CELALETTİN CAD. NO: 20A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>1377/99</t>
+  </si>
+  <si>
+    <t>KARAMAN GRUP PVC CAM İNŞAAT HAYVANCILIK SANAYİ TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. SEFA SK. NO: 2B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>1382/99</t>
+  </si>
+  <si>
+    <t>YILDIZLI MAKİNA METAL HIRDAVAT İNŞAAT GIDA NAKLİYE OTOMOTİV İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>RÜSTEMPAŞA MAH. BOSTANCILAR ÇARŞISI SK. NO: 59 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>46.69.06</t>
+  </si>
+  <si>
+    <t>Makine ve ekipmanlarla ilgili aksam ve parçaların toptan ticareti (değirmentaşı, bileği taşı, zımpara ve aşındırma ürünleri, konveyör bantları, teknik kullanım için cam ve seramik ürünler, rulmanlar, vb.) (motorlu kara taşıtları için olanlar hariç)</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>1385/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI VADİ KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. SARAY BOSNA CAD. NO: 26C BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>1387/99</t>
+  </si>
+  <si>
+    <t>AKDOST İNŞAAT NAKLİYE LİMİTED ŞİRKETİ ANKARA ŞUBESİ</t>
+  </si>
+  <si>
+    <t>KIRBAŞI MAH. KIRBAŞI KÜME EVLERİ NO: 17 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>1391/99</t>
+  </si>
+  <si>
+    <t>TUNCEL LOJİSTİK İNŞAAT TARIM VE HAYVANCILIK TAŞIMACILIK SANAYİ İÇ VE DİŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. FATİH CAD. NO: 13 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47.52.01</t>
+  </si>
+  <si>
+    <t>Çimento, alçı, harç, kireç, tuğla, kiremit, briket, taş, kum, çakıl vb. inşaat malzemeleri perakende ticareti</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>1410/99</t>
+  </si>
+  <si>
+    <t>SERTÜRK OTOMOTİV NAKLİYAT İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ŞEHİT ÜMİT BÖLÜKOĞLU CAD. NO: 12 İÇ KAPI NO: 23 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>1411/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI EREN KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. ESEN SK. NO: 4 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>1416/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU YAŞAMKENT BEYPAZARI KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. KURUÇAY MEVKİİ KÜME EVLERİ NO: 10A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>1418/00</t>
+  </si>
+  <si>
+    <t>HÜSEYİN SONER KORKMAZ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD. NO: 25 İÇ KAPI NO: 4 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>1424/99</t>
+  </si>
+  <si>
+    <t>DEADİA İNŞAAT MÜHENDİSLİK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. ÜLKÜ SK. NO: 2A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>1428/00</t>
+  </si>
+  <si>
+    <t>NURKAY BOĞA ÇOBANOĞLU İNŞAAT</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. SEFA SK. NO: 2C BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>1429/99</t>
+  </si>
+  <si>
+    <t>VSB TRAKTÖR OTOMOTİV ANONİM ŞİRKETİ BEYPAZARI AYVAŞIK ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ŞEYH ŞAMİL CAD. NO: 1 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>1430/99</t>
+  </si>
+  <si>
+    <t>İM KÖSE MADENCİLİK İNŞAAT SANAYİ VE TİCARET ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AKÇAKAVAK MAH. AKÇAKAVAK KÜME EVLERİ KONTEYNER IŞYERI NO: 71 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>42.22.02</t>
   </si>
   <si>
     <t>Enerji santralleri inşaatı (hidroelektrik santrali, termik santral, güneş ve rüzgar santrali, nükleer enerji üretim santralleri vb.)</t>
   </si>
   <si>
-    <t>49</t>
-[...151 lines deleted...]
-  <si>
     <t>64</t>
   </si>
   <si>
-    <t>1345/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU KAPULLU KÖYÜ KAPLICALARI GAYRİMENKUL İŞLETME KOOPERATİFİ</t>
+    <t>1436/00</t>
+  </si>
+  <si>
+    <t>TAMER ÖZDEMİR TAMER İNŞAAT</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. 8 CAD. A BLOK NO: 25AB BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>1347/99</t>
-[...2 lines deleted...]
-    <t>MYH ARSLANLAR YAPI GRUP İNŞAAT OTOMOTİV NAKLİYE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1437/00</t>
+  </si>
+  <si>
+    <t>MUSTAFA GÜNAY GNY İNŞAAT</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÇAYIRHAN YOLU ÜZERİ SK. NO: 36A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>1352/00</t>
-[...2 lines deleted...]
-    <t>CİHAN ÇAĞLAYAN BEYPA YAPI</t>
+    <t>1439/99</t>
+  </si>
+  <si>
+    <t>BEYBAŞARAN SONDAJ HAYVANCILIK İNŞAAT NAKLİYAT MADENCİLİK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KIRŞEYHLER MAH. KIRŞEYHLER KÜME EVLERİ 0 NO: 218 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>42.21.02</t>
+  </si>
+  <si>
+    <t>Su kuyusu açma ve septik sistem kurulum faaliyetleri (kuyu, artezyen vb.)</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>1353/99</t>
-[...2 lines deleted...]
-    <t>ÇALIŞKANLAR ISI CİHAZLARI SANAYİ VE İNŞAAT TİCARET LİMİTED ŞİRKETİ BEYSAN ŞUBESİ</t>
+    <t>1440/99</t>
+  </si>
+  <si>
+    <t>ALCE AMBALAJ İNŞAAT NAKLİYE TARIM PETROL SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. İRFAN GÜMÜŞEL CAD. NO: 59 İÇ KAPI NO: 54 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>1358/99</t>
-[...8 lines deleted...]
-    <t>Yol yüzeylerinin asfaltlanması ve onarımı, kaldırım, kasis, bisiklet yolu vb.lerin inşaatı</t>
+    <t>1442/99</t>
+  </si>
+  <si>
+    <t>SICAKYÜZ TAAHHÜT NAKLİYAT İNŞAAT VE SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. YUNUS EMRE SK. NO: 7A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>1373/00</t>
-[...8 lines deleted...]
-    <t>Çimento, alçı, harç, kireç, mozaik vb. inşaat malzemeleri toptan ticareti</t>
+    <t>1448/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI KAAN KONUT YAPI KOOPERATİFİ</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>1375/99</t>
-[...2 lines deleted...]
-    <t>ARKVEL İNŞAAT TAAHHÜT NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1450/99</t>
+  </si>
+  <si>
+    <t>ERCAN YATIRIM TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>CUMHURİYET MAH. CEMİL ERCAN SK. NO: 90 İÇ KAPI NO: 2 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>68.31.01</t>
+  </si>
+  <si>
+    <t>Gayrimenkul faaliyetleri için aracılık hizmeti faaliyetleri</t>
+  </si>
+  <si>
+    <t>111</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>1377/99</t>
-[...2 lines deleted...]
-    <t>KARAMAN GRUP PVC CAM İNŞAAT HAYVANCILIK SANAYİ TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>1452/00</t>
+  </si>
+  <si>
+    <t>ALİ AÇIKGÖZ ACK İNŞAAT</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. 3 CAD. NO: 2C/B BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>1382/99</t>
-[...8 lines deleted...]
-    <t>Makine ve ekipmanlarla ilgili aksam ve parçaların toptan ticareti (değirmentaşı, bileği taşı, zımpara ve aşındırma ürünleri, konveyör bantları, teknik kullanım için cam ve seramik ürünler, rulmanlar, vb.) (motorlu kara taşıtları için olanlar hariç)</t>
+    <t>1460/00</t>
+  </si>
+  <si>
+    <t>ATİLLA YÜCEL HAKAN İNŞAAT</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. KÖROĞLU CAD. NO: 3A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>1385/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU BEYPAZARI VADİ KONUT YAPI KOOPERATİFİ</t>
+    <t>1463/00</t>
+  </si>
+  <si>
+    <t>İLKER UZUNOĞLU UZUNOĞLU İNŞAAT</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ŞAİR FUZULİ SK. NO: 8 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>1387/99</t>
-[...2 lines deleted...]
-    <t>AKDOST İNŞAAT NAKLİYE LİMİTED ŞİRKETİ ANKARA ŞUBESİ</t>
+    <t>1467/99</t>
+  </si>
+  <si>
+    <t>ER BEY ŞAH OTOMOTİV HAFRİYAT TAŞIMACILIK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ABDÜL HAMİTHAN SK. NO: 11A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>1391/99</t>
-[...8 lines deleted...]
-    <t>Çimento, alçı, harç, kireç, tuğla, kiremit, briket, taş, kum, çakıl vb. inşaat malzemeleri perakende ticareti</t>
+    <t>1468/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEY ÇAMLIK KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. DEVELİK SK. NO: 5 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>1410/99</t>
-[...2 lines deleted...]
-    <t>SERTÜRK OTOMOTİV NAKLİYAT İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1473/99</t>
+  </si>
+  <si>
+    <t>SARIHANBEY GRUP İNŞAAT TARIM VE HAYVANCILIK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. KARAPINAR KIRBAŞIYOLU ÜZ. KÜME EVLERİ NO: 25/1 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>1411/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU BEYPAZARI EREN KONUT YAPI KOOPERATİFİ</t>
+    <t>1484/99</t>
+  </si>
+  <si>
+    <t>EMRE DEMİREL MİMARLIK MÜHENDİSLİK İNŞAAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. DEVELİK SK. ERDEMLI IŞ HANI NO: 24 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>1416/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU YAŞAMKENT BEYPAZARI KONUT YAPI KOOPERATİFİ</t>
+    <t>1485/99</t>
+  </si>
+  <si>
+    <t>BEYMİR GIDA TARIM HAYVANCILIK İNŞAAT TAAHHÜT İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MEHMET CENGİZ ÖZALP BUL. NO: 41/1A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>1418/00</t>
-[...2 lines deleted...]
-    <t>HÜSEYİN SONER KORKMAZ</t>
+    <t>1486/99</t>
+  </si>
+  <si>
+    <t>E S A LİFT ASANSÖR SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ÇAMLIK 4 SK. NO: 4A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>43.29.01</t>
+  </si>
+  <si>
+    <t>Asansörlerin, yürüyen merdivenlerin, yürüyen yolların, otomatik ve döner kapıların bakım ve onarımı dahil kurulum işleri</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>1424/99</t>
-[...2 lines deleted...]
-    <t>DEADİA İNŞAAT MÜHENDİSLİK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1487/99</t>
+  </si>
+  <si>
+    <t>ALKANLAR İNŞAAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. FATİH CAD. NO: 143B BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>1428/00</t>
-[...2 lines deleted...]
-    <t>NURKAY BOĞA ÇOBANOĞLU İNŞAAT</t>
+    <t>1490/99</t>
+  </si>
+  <si>
+    <t>GÖÇMEN ASANSÖR SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. NO: 149A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>1430/99</t>
-[...8 lines deleted...]
-    <t>Maden sahalarının hazırlanması (tünel açma dahil, petrol ve gaz sahaları için olanlar hariç)</t>
+    <t>1496/00</t>
+  </si>
+  <si>
+    <t>TOLGAHAN ÇELİK MAVİŞ İNŞAAT YAPI</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. KUMSÜREN SAĞ KÜME EVLERİ NO: 42 İÇ KAPI NO: 2 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>1435/00</t>
-[...2 lines deleted...]
-    <t>SELÇUK ESEN ESENLER İNŞAAT</t>
+    <t>1497/99</t>
+  </si>
+  <si>
+    <t>VERSA TAAHHÜT NAKLİYAT YAPI İNŞAAT GIDA DANIŞMANLIK İÇ VE DIŞ TİCARET SANAYİ LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD. NO: 61 İÇ KAPI NO: 5 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>1436/00</t>
-[...2 lines deleted...]
-    <t>TAMER ÖZDEMİR TAMER İNŞAAT</t>
+    <t>1503/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU KORKMAZBEY KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ACUN SK. NO: 4 İÇ KAPI NO: 2 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>1437/00</t>
-[...2 lines deleted...]
-    <t>MUSTAFA GÜNAY GNY İNŞAAT</t>
+    <t>244/99</t>
+  </si>
+  <si>
+    <t>USTAOĞLU İNŞAAT VE NAKLİYAT TİCARET LİMİTED ŞİRKETİ ŞADIRVAN ŞUBESİ</t>
+  </si>
+  <si>
+    <t>BOSTANCILAR SOKAK NO: 65 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>1439/99</t>
-[...8 lines deleted...]
-    <t>Su kuyusu açma ve septik sistem kurulum faaliyetleri (kuyu, artezyen vb.)</t>
+    <t>257/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI BULVAR KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BELEDİYE İŞ HANI NO:3506730BEYPAZARI BELEDİYE İŞ HANI BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>1440/99</t>
-[...2 lines deleted...]
-    <t>ALCE AMBALAJ İNŞAAT NAKLİYE TARIM PETROL SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>258/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI PETEK KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>MİLLİ EGEMENLİK CD.NO : 39/4 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>1442/99</t>
-[...2 lines deleted...]
-    <t>SICAKYÜZ TAAHHÜT NAKLİYAT İNŞAAT VE SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>285/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI GÜRBÜZ KENT KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ MİLLİ EGEMENLİK  CADDE NO:141 B /1 _ ADRES NO: 2837243522 MESKEN BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>1448/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU BEYPAZARI KAAN KONUT YAPI KOOPERATİFİ</t>
+    <t>304/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU ÇAYIRLIOĞLU KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BEYPAZARI BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>1450/99</t>
-[...11 lines deleted...]
-    <t>111</t>
+    <t>309/99</t>
+  </si>
+  <si>
+    <t>TASFİYE HALİNDE SINIRLI SORUMLU BEYPAZARI ÖZTAŞ KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>ESKİ HÜKÜMET CADDESİ NO: 10/19  PK:06730 TÜTÜNCÜOĞLU İŞ HANI BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>1452/00</t>
-[...5 lines deleted...]
-    <t>112</t>
+    <t>395/00</t>
+  </si>
+  <si>
+    <t>MURAT ERDOĞAN</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ ŞEHİT YILMAZ TANRISEVER  CADDE NO:30 /- _ ADRES NO: 1386111874 MESKEN BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>1460/00</t>
-[...5 lines deleted...]
-    <t>118</t>
+    <t>475/00</t>
+  </si>
+  <si>
+    <t>DURSUN ASLAN-ASLAN İNŞAAT</t>
+  </si>
+  <si>
+    <t>CUMHURİYET MH. MAH. DİK ÇAKMAK SK.  NO : 7 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>1463/00</t>
-[...5 lines deleted...]
-    <t>120</t>
+    <t>477/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YILMAZLAR İNŞAAT HIRDAVAT AMBALAJ GIDA NAKLİYAT TİCARET LİMİTED ŞİRKETİ  </t>
+  </si>
+  <si>
+    <t>KURTULUŞ  MAH. MİLLİ EGEMENLİK CD.  NO : 24 /2 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>1467/99</t>
-[...5 lines deleted...]
-    <t>127</t>
+    <t>570/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI KONAK KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>- BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>1468/99</t>
-[...5 lines deleted...]
-    <t>128</t>
+    <t>574/99</t>
+  </si>
+  <si>
+    <t>VİZYON ELEKTRİK TAAHHÜT İNŞAAT NAKLİYAT TURİZM GIDA DAYANIKLI TÜKETİM MALLARI SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MARANGOZLAR 3. CAD. NO: 8 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>1469/99</t>
-[...2 lines deleted...]
-    <t>ERDA NAKLİYAT İNŞAAT PETROL GIDA TURİZM SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ BİR NUMARA ZERDE KONAK ŞUBESİ</t>
+    <t>576/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI YAYLA EVLERİ KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ CEVAT KÖPRÜCÜ CAD.  NO: 17 D  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>1473/99</t>
-[...5 lines deleted...]
-    <t>134</t>
+    <t>592/99</t>
+  </si>
+  <si>
+    <t>HASAN KILIÇ İNŞAAT PETROL NAKLİYAT HAYVANCILIK TARIM GIDA TURİZM SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MH.KÜME EVLERİ NO:18 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>1484/99</t>
-[...2 lines deleted...]
-    <t>EMRE DEMİREL MİMARLIK MÜHENDİSLİK İNŞAAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>612/00</t>
+  </si>
+  <si>
+    <t>HAMDİ YÜCEL-YÜCEL KIRAATHANESİ-MÜTEAHHİT</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. SULUHAN  NO : 1 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>1485/99</t>
-[...5 lines deleted...]
-    <t>146</t>
+    <t>705/00</t>
+  </si>
+  <si>
+    <t>ŞEFİK DOĞAN-DOĞANBEY ORMAN İÇİ DOĞA TURİZM KONAKLAMA TESİSİ</t>
+  </si>
+  <si>
+    <t>GEYİKPINAR KÖYÜ 1 PARSEL BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>1486/99</t>
-[...8 lines deleted...]
-    <t>Asansörlerin, yürüyen merdivenlerin, yürüyen yolların, otomatik ve döner kapıların bakım ve onarımı dahil kurulum işleri</t>
+    <t>715/99</t>
+  </si>
+  <si>
+    <t>ÇALIŞKANLAR GAYRİMENKUL İNŞAAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÖNER SK. ÇALIŞKANLAR APT BLOK  NO: 33  İÇ KAPI NO: 2 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>1487/99</t>
-[...5 lines deleted...]
-    <t>147</t>
+    <t>729/99</t>
+  </si>
+  <si>
+    <t>DATAY METAL MADEN ENERJİ PETROL NAKLİYAT TAAHHÜT İNŞAAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>SANAYİ ÇARŞISI NO :49 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>46.87.01</t>
+  </si>
+  <si>
+    <t>Atık ve hurda toptan ticareti (metal olanlar) (kağıt, cam, plastik vb. ikincil hammaddeler hariç)</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>244/99</t>
-[...2 lines deleted...]
-    <t>USTAOĞLU İNŞAAT VE NAKLİYAT TİCARET LİMİTED ŞİRKETİ ŞADIRVAN ŞUBESİ</t>
+    <t>745/99</t>
+  </si>
+  <si>
+    <t>AYMET TURİZM TARIM NAKLİYAT İNŞAAT PETROL SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK  NO : 39 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>257/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU BEYPAZARI BULVAR KONUT YAPI KOOPERATİFİ</t>
+    <t>754/00</t>
+  </si>
+  <si>
+    <t>DURSUN TANRIVERDİ-TANRIVERDİ İNŞAAT</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAHALLESİ ELİF SK. A.DAĞLIOĞLU VE ORT. SİT. A BLOK APT.  NO: 20/29  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>258/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU BEYPAZARI PETEK KONUT YAPI KOOPERATİFİ</t>
+    <t>768/99</t>
+  </si>
+  <si>
+    <t>ANKARATAŞ HAFRİYAT NAKLİYAT İNŞAAT TAAHHÜT MADENCİLİK SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KIRBAŞI MAHALLESİ PK:06730 KOYUNAĞILI YOLU KARGI TAŞ OCAĞI BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>285/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU BEYPAZARI GÜRBÜZ KENT KONUT YAPI KOOPERATİFİ</t>
+    <t>791/99</t>
+  </si>
+  <si>
+    <t>SINIRLI SORUMLU BEYPAZARI SİMGE KONUT YAPI KOOPERATİFİ</t>
+  </si>
+  <si>
+    <t>BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>301/99</t>
-[...2 lines deleted...]
-    <t>T.H.S.S.EKOL SAHİL KONUT YAPI KOOPERATİFİ</t>
+    <t>831/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI FATİH CAMİ YAPTIRMA VE YAŞATMA DERNEĞİ- FATİH KİTAP KIRTASİYE İŞLETMESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. FATİH CAMİ ALTI   BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>68.20.02</t>
+  </si>
+  <si>
+    <t>Kendine ait veya kiralanan gayrimenkulün kiralanması ve işletilmesi</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>304/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU ÇAYIRLIOĞLU KONUT YAPI KOOPERATİFİ</t>
+    <t>854/99</t>
+  </si>
+  <si>
+    <t>BEY ÖNDERLER ORMANCILIK NAKLİYAT İNŞAAT TARIM VE HAYVANCILIK MADENCİLİK TURİZM SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>MAH. YENİMAHALLE 6.SK. KARAŞAR NAHİYESİ  BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>306/99</t>
-[...2 lines deleted...]
-    <t>T.H.S.S.BEYPAZARI ELİF SİTESİ KONUT YAPI KOOPERATİFİ</t>
+    <t>858/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LİMOS İNŞAAT OTOMOTİV ELEKTRİK HAYVANCILIK TARIM TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ VASFİ BERİSBEK CADDESİ NO: 56/1 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>309/99</t>
-[...2 lines deleted...]
-    <t>SINIRLI SORUMLU BEYPAZARI ÖZTAŞ KONUT YAPI KOOPERATİFİ</t>
+    <t>907/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKGÜNLER OTOMOTİV PETROL TAŞIMACILIK İNŞAAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ-BEYPAZARI ŞUBESİ </t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. KÜME  NO : 220 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>310/99</t>
-[...321 lines deleted...]
-  <si>
     <t>928/00</t>
   </si>
   <si>
     <t>ABDULLAH KARAKAYA-KARAKAYA YAPI VE EMLAK</t>
   </si>
   <si>
-    <t>965/00</t>
-[...5 lines deleted...]
-    <t>148</t>
+    <t>BAŞAĞAÇ MAH. MEVLANA CELALETTİN  NO : 22 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>968/00</t>
   </si>
   <si>
     <t>MEHMET ALAN-ALAN İNŞAAT</t>
   </si>
   <si>
-    <t>974/99</t>
-[...20 lines deleted...]
-    <t>E.F.E. LİFTRONİC ASANSÖR İMALAT İNŞAAT İTHALAT İHRACAT PETROL ÜRÜNLERİ SANAYİ VE TİCARET LİMİTED ŞİRKETİ-BEYPAZARI ŞUBESİ</t>
+    <t>KURTULUŞ MAH. ÖNER SK.  NO: 3  İÇ KAPI NO: 2 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>RAPOR BAŞLIĞI:</t>
+  </si>
+  <si>
+    <t>ÜYE LISTE DETAY RAPORU</t>
+  </si>
+  <si>
+    <t>RAPOR ALINMA TARIHI:</t>
+  </si>
+  <si>
+    <t>19/01/2026 09:29</t>
+  </si>
+  <si>
+    <t>**********************</t>
+  </si>
+  <si>
+    <t>RAPOR PARAMETRELERI</t>
+  </si>
+  <si>
+    <t>DEĞERLER</t>
+  </si>
+  <si>
+    <t>aktifAdres</t>
+  </si>
+  <si>
+    <t>Evet</t>
+  </si>
+  <si>
+    <t>askida</t>
+  </si>
+  <si>
+    <t>Hayır</t>
+  </si>
+  <si>
+    <t>meslekGrubu</t>
+  </si>
+  <si>
+    <t>5FE6B4C688484D</t>
+  </si>
+  <si>
+    <t>faal</t>
+  </si>
+  <si>
+    <t>prmYetkiliGoster</t>
+  </si>
+  <si>
+    <t>faks</t>
+  </si>
+  <si>
+    <t>odaBorsaNo</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>baskaOdayaKaydiOlan</t>
+  </si>
+  <si>
+    <t>yanyanaYetkili</t>
+  </si>
+  <si>
+    <t>prmOrtakGoster</t>
+  </si>
+  <si>
+    <t>adresTipi</t>
+  </si>
+  <si>
+    <t>tekrarliTel</t>
+  </si>
+  <si>
+    <t>vergiMatrahi</t>
+  </si>
+  <si>
+    <t>terk</t>
+  </si>
+  <si>
+    <t>cepTel</t>
+  </si>
+  <si>
+    <t>yanyanaOrtak</t>
+  </si>
+  <si>
+    <t>adresEkle</t>
+  </si>
+  <si>
+    <t>telEkle</t>
+  </si>
+  <si>
+    <t>resenMi</t>
+  </si>
+  <si>
+    <t>buroTel</t>
+  </si>
+  <si>
+    <t>tasfiye</t>
+  </si>
+  <si>
+    <t>yazismaAdresi</t>
+  </si>
+  <si>
+    <t>epostaGoster</t>
+  </si>
+  <si>
+    <t>evTel</t>
+  </si>
+  <si>
+    <t>isTel</t>
+  </si>
+  <si>
+    <t>etiket</t>
+  </si>
+  <si>
+    <t>organUyesiOlanlar</t>
+  </si>
+  <si>
+    <t>birincilTel</t>
+  </si>
+  <si>
+    <t>webEkle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1665,55 +1744,55 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
@@ -1989,3120 +2068,2927 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F152"/>
+  <dimension ref="A1:G112"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="M5" sqref="M5"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="I7" sqref="I7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.5703125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="35.140625" customWidth="1"/>
+    <col min="1" max="1" width="9.42578125" customWidth="1"/>
+    <col min="2" max="2" width="17.5703125" customWidth="1"/>
+    <col min="3" max="4" width="35.140625" customWidth="1"/>
+    <col min="5" max="6" width="17.5703125" customWidth="1"/>
+    <col min="7" max="7" width="35.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="2" spans="1:6" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D2" s="3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E2" s="3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="F2" s="3" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F36" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="D3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="3" t="s">
+      <c r="G36" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="F3" s="3" t="s">
-[...16 lines deleted...]
-      <c r="E4" s="3" t="s">
+    </row>
+    <row r="37" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G39" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...63 lines deleted...]
-      <c r="B8" s="3" t="s">
+    <row r="40" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="3" t="s">
+      <c r="G41" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="D8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="3" t="s">
+    </row>
+    <row r="42" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="F8" s="3" t="s">
-[...50 lines deleted...]
-      <c r="C11" s="3" t="s">
+    </row>
+    <row r="53" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="D11" s="3" t="s">
-[...10 lines deleted...]
-      <c r="A12" s="3" t="s">
+      <c r="G68" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...8 lines deleted...]
-      <c r="E12" s="3" t="s">
+    </row>
+    <row r="69" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A69" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A77" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A78" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A79" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A80" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A81" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...44 lines deleted...]
-      <c r="A15" s="3" t="s">
+    </row>
+    <row r="87" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A89" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A90" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A91" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A92" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A93" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A94" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A96" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A97" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A98" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A99" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A100" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A101" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A103" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F103" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="G103" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C15" s="3" t="s">
-[...99 lines deleted...]
-      <c r="C20" s="3" t="s">
+    </row>
+    <row r="104" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A104" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A105" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A106" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A108" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F108" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="D20" s="3" t="s">
-[...456 lines deleted...]
-      <c r="C43" s="3" t="s">
+      <c r="G108" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A110" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F110" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="D43" s="3" t="s">
-[...10 lines deleted...]
-      <c r="A44" s="3" t="s">
+      <c r="G110" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...488 lines deleted...]
-      <c r="E68" s="3" t="s">
+    </row>
+    <row r="111" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F111" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F68" s="3" t="s">
+      <c r="G111" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="69" spans="1:6" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
-[...486 lines deleted...]
-      <c r="C93" s="3" t="s">
+    <row r="112" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A112" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="D93" s="3" t="s">
-[...372 lines deleted...]
-      </c>
       <c r="B112" s="3" t="s">
-        <v>408</v>
+        <v>512</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>409</v>
+        <v>513</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>9</v>
+        <v>514</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>16</v>
-[...799 lines deleted...]
-        <v>376</v>
+        <v>20</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1"/>
+  <dimension ref="A1:B34"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B1" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>517</v>
+      </c>
+      <c r="B2" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>519</v>
+      </c>
+      <c r="B3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>520</v>
+      </c>
+      <c r="B4" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>522</v>
+      </c>
+      <c r="B6" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>524</v>
+      </c>
+      <c r="B7" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>526</v>
+      </c>
+      <c r="B8" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>528</v>
+      </c>
+      <c r="B9" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>529</v>
+      </c>
+      <c r="B10" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>530</v>
+      </c>
+      <c r="B11" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>531</v>
+      </c>
+      <c r="B12" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>533</v>
+      </c>
+      <c r="B13" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>534</v>
+      </c>
+      <c r="B14" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>535</v>
+      </c>
+      <c r="B15" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>536</v>
+      </c>
+      <c r="B16" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>537</v>
+      </c>
+      <c r="B17" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>538</v>
+      </c>
+      <c r="B18" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>539</v>
+      </c>
+      <c r="B19" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>540</v>
+      </c>
+      <c r="B20" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>541</v>
+      </c>
+      <c r="B21" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>542</v>
+      </c>
+      <c r="B22" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>543</v>
+      </c>
+      <c r="B23" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>544</v>
+      </c>
+      <c r="B24" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>545</v>
+      </c>
+      <c r="B25" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>546</v>
+      </c>
+      <c r="B26" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>547</v>
+      </c>
+      <c r="B27" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>548</v>
+      </c>
+      <c r="B28" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>549</v>
+      </c>
+      <c r="B29" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>550</v>
+      </c>
+      <c r="B30" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>551</v>
+      </c>
+      <c r="B31" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>552</v>
+      </c>
+      <c r="B32" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>553</v>
+      </c>
+      <c r="B33" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>554</v>
+      </c>
+      <c r="B34" t="s">
+        <v>525</v>
+      </c>
+    </row>
+  </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Veriler</vt:lpstr>
       <vt:lpstr>Parametreler</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>