--- v0 (2025-10-10)
+++ v1 (2026-02-03)
@@ -1,613 +1,682 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BTO\OneDrive\Desktop\2025 İŞ PLANI\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\ORTAK\AKREDİTASYON\SOSYAL MEDYA- WEB- SMS\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\ARALIK 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{95C5940E-CE95-49DA-9B1D-C57DECF00085}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{58630B42-6DC4-4CB2-B198-3D606134066B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Veriler" sheetId="1" r:id="rId1"/>
     <sheet name="Parametreler" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="223">
   <si>
     <t>SIRA NO</t>
   </si>
   <si>
     <t>UYE SICIL NO</t>
   </si>
   <si>
     <t>UNVAN</t>
   </si>
   <si>
+    <t>ADRES</t>
+  </si>
+  <si>
     <t>MESLEK GRUBU</t>
   </si>
   <si>
     <t>NACE FAALIYET KODU</t>
   </si>
   <si>
     <t>NACE FAALIYET ADI</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>002/99</t>
   </si>
   <si>
     <t>ÖZDOĞANLAR MOTOSİKLET BİSİKLET HIRDAVAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
+    <t>Tescil Adresi</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ ESKİ HÜKÜMET  SOKAK NO:21 ( ÖZDOĞANLAR )/- _ ADRES NO: 1543006694 OFİS VE İŞYERİ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>01. MESLEK GRUBU</t>
   </si>
   <si>
     <t>45.40.01</t>
   </si>
   <si>
     <t>Motosiklet ve motorlu bisikletlerin bakım ve onarım hizmetleri</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
     <t>006/99</t>
   </si>
   <si>
     <t>BEYKAR OTOMOTİV PETROL ÜRÜNLERİ SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>İSTANBUL   NO : 4 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>47.81.14</t>
+  </si>
+  <si>
+    <t>Otomobillerin ve hafif motorlu kara taşıtlarının perakende ticareti (elektrikli olanlar ile ambulans ve minibüs benzeri motorlu yolcu taşıtları dahil)</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>010/99</t>
+  </si>
+  <si>
+    <t>BEYSAN OTOMOTİV İNŞAAT EMLAK VE SANAYİ MAMÜLLERİ TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>DİKİCİLER SOKAK NO: 49 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>015/99</t>
+  </si>
+  <si>
+    <t>YÜKSELİŞ NAKLİYAT OTOMOTİV İNŞAAT VE GIDA SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ NO: 47 PK:06730 MARANGOZLAR 2.SK. AMBALAJ KASA SİTESİ BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>45.20.07</t>
+  </si>
+  <si>
+    <t>Motorlu kara taşıtlarının genel bakım ve onarım hizmetleri (aynı işletmede mekanik, elektrik sistemi, kaporta, boya, fren sistemi, cam, pencere vb. bakım ve onarımının yapılması)</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>097/99</t>
+  </si>
+  <si>
+    <t>KISMET KARASÖR ORMAN ÜRÜNLERİ MAKİNA OTOMOTİV SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ AKYAZI ( KÜME EVLER ) KISMET KAR.ORM.ÜR. SİT.  NO: 86  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>29.20.02</t>
+  </si>
+  <si>
+    <t>Motorlu kara taşıtları için karoser, kabin, kupa, dorse ve damper imalatı (otomobil, kamyon, kamyonet, otobüs, minibüs, traktör, damperli kamyon ve özel amaçlı motorlu kara taşıtlarının karoserleri)</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>1048/99</t>
+  </si>
+  <si>
+    <t>BEY KAR OTOMOTİV İNŞAAT TURİZM VE SANAYİ MAMÜLLERİ ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>DİKİCİLER SOKAK        NO:49/ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>1065/99</t>
+  </si>
+  <si>
+    <t>BEY LASTİK SATIŞ VE SERVİS HİZMETLERİ OTOMOTİV NAKLİYE TAAHHÜT TARIM HAYVANCILIK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ MARANGOZLAR 3. CAD.  NO: 9  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>47.82.04</t>
+  </si>
+  <si>
+    <t>Motorlu kara taşıtı lastiklerinin ve jantlarının perakende ticareti (motosiklet parça ve aksesuarları hariç)</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>1192/99</t>
+  </si>
+  <si>
+    <t>UYAR OTOMOTİV MOTORLU ARAÇLAR İNŞAAT TURİZM HAYVANCILIK SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ALPARSLAN TÜRKEŞ BLV. ALİ GÖK 1 SİT.  NO: 329 B/_  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>45.11.11</t>
   </si>
   <si>
     <t>Otomobillerin ve hafif motorlu kara taşıtlarının belirli bir mala tahsis edilmiş mağazalarda perakende ticareti (ambulans ve minibüs benzeri motorlu yolcu taşıtları dahil (3,5 tondan daha az)) (galericiler dahil)</t>
   </si>
   <si>
-    <t>3</t>
-[...53 lines deleted...]
-    <t>USTAOĞLU OTOMOTİV LASTİK SATIŞ VE SERVİS HİZMETLERİ BİLGİSAYAR YAZILIM DONANIM VE TEKSTİL SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>9</t>
+  </si>
+  <si>
+    <t>120/99</t>
+  </si>
+  <si>
+    <t>YİĞİT İLAVE DİNGİL PETROL YAKIT NAKLİYAT TARIM VE HAYVANCILIK SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MARANGOZLAR 3. CAD. YIĞIT ILAVE DINGIL BLOK  NO: 27 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>29.32.20</t>
+  </si>
+  <si>
+    <t>Motorlu kara taşıtları için vites kutusu, debriyaj, fren, aks, amortisör gibi çeşitli parça ve aksesuarların imalatı</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>1216/00</t>
+  </si>
+  <si>
+    <t>BURAK UZ UZ TİCARET</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ALPARSLAN TÜRKEŞ BLV.  NO: 285  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>45.32.03</t>
   </si>
   <si>
     <t>Motorlu kara taşıtı lastiklerinin ve jantlarının belirli bir mala tahsis edilmiş mağazalarda perakende ticareti (motosiklet parça ve aksesuarları hariç)</t>
   </si>
   <si>
-    <t>8</t>
-[...25 lines deleted...]
-  <si>
     <t>11</t>
   </si>
   <si>
-    <t>1192/99</t>
-[...2 lines deleted...]
-    <t>UYAR OTOMOTİV MOTORLU ARAÇLAR İNŞAAT TURİZM HAYVANCILIK SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>1238/99</t>
+  </si>
+  <si>
+    <t>UG LASTİK MARKET OTOMOTİV DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ALPARSLAN TÜRKEŞ BLV. USTAOĞLU TİC. SİT.  NO: 231  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>1197/99</t>
-[...2 lines deleted...]
-    <t>BDM OTOMOTİV İNŞAAT RENT-A CAR BİLİŞİM TURİZM TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>1308/99</t>
+  </si>
+  <si>
+    <t>FERHAN OTOMOTİV NAKLİYAT PETROL GIDA TURİZM İNŞAAT İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 222B BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>45.40.02</t>
+  </si>
+  <si>
+    <t>Motosikletler ve motorlu bisikletlerin belirli bir mala tahsis edilmiş mağazalarda perakende ticareti</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>120/99</t>
-[...8 lines deleted...]
-    <t>Motorlu kara taşıtları için vites kutusu, debriyaj, fren, aks, amortisör gibi çeşitli parça ve aksesuarların imalatı</t>
+    <t>1316/99</t>
+  </si>
+  <si>
+    <t>KUŞKONMAZ TREYLER SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ALPARSLAN TÜRKEŞ BUL. KUŞKONMAZ KARASÖR SİTESİ  NO: 46-  İÇ KAPI NO: 1- BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>1216/00</t>
-[...2 lines deleted...]
-    <t>BURAK UZ UZ TİCARET</t>
+    <t>1327/99</t>
+  </si>
+  <si>
+    <t>KUŞKONMAZ PROFİL EĞİTİM OTOMOTİV KAROSER GIDA SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MARANGOZLAR 4. CAD.  NO: 7 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>1238/99</t>
-[...2 lines deleted...]
-    <t>UG LASTİK MARKET OTOMOTİV DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1329/99</t>
+  </si>
+  <si>
+    <t>BEYSAN TREYLER OTOMOTİV SANAYİ İNŞAAT TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ALPARSLAN TÜRKEŞ BUL.  NO: 7D BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>1308/99</t>
-[...8 lines deleted...]
-    <t>Motosikletler ve motorlu bisikletlerin belirli bir mala tahsis edilmiş mağazalarda perakende ticareti</t>
+    <t>1392/99</t>
+  </si>
+  <si>
+    <t>VSB TRAKTÖR OTOMOTİV ANONİM ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. NO: 173A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47.81.90</t>
+  </si>
+  <si>
+    <t>Diğer motorlu kara taşıtlarının perakende ticareti (kamyonlar, çekiciler, römorklar, yarı römorklar, kamp araçları vb., elektrikli olanlar dahil)</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>1316/99</t>
-[...2 lines deleted...]
-    <t>KUŞKONMAZ TREYLER SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+    <t>1397/99</t>
+  </si>
+  <si>
+    <t>VA-KO VAGON KONTEYNER MAKİNA MÜHENDİSLİK PROJE SANAYİ VE TİCARET ANONİM ŞİRKETİ VAKO 2 ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ALPARSLAN TÜRKEŞ BUL. NO: 7 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>30.20.01</t>
+  </si>
+  <si>
+    <t>Demir yolu ve tramvay lokomotifleri, vagonları, bagaj vagonları, lokomotif tenderleri, demir yolu veya tramvay bakım veya servis araçları imalatı (lokomotiflere ve vagonlara ait parçalar ile koltuklarının imalatı hariç)</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>1327/99</t>
-[...8 lines deleted...]
-    <t>Motorlu kara taşıtları için karoser, kabin ve kupalara ait parça ve aksesuarların imalatı</t>
+    <t>1398/99</t>
+  </si>
+  <si>
+    <t>VA-KO VAGON KONTEYNER MAKİNA MÜHENDİSLİK PROJE SANAYİ VE TİCARET ANONİM ŞİRKETİ VAKO 3 ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ALPARSLAN TÜRKEŞ BUL. NO: 36 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>1329/99</t>
-[...2 lines deleted...]
-    <t>BEYSAN TREYLER OTOMOTİV SANAYİ İNŞAAT TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>1399/99</t>
+  </si>
+  <si>
+    <t>VA-KO VAGON KONTEYNER MAKİNA MÜHENDİSLİK PROJE SANAYİ VE TİCARET ANONİM ŞİRKETİ VAKO 4 ŞUBESİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. AKYAZI KÜME EVLERİ NO: 86 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>1392/99</t>
-[...8 lines deleted...]
-    <t>Diğer motorlu kara taşıtlarının perakende ticareti (kamyonlar, çekiciler, otobüsler, römorklar, yarı römorklar, karavanlar ve motorlu karavanlar)</t>
+    <t>1400/99</t>
+  </si>
+  <si>
+    <t>BEY NASYONEL GRUP OTOMOTİV İNŞAAT İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÖNER SK. NO: 23 İÇ KAPI NO: 7 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>95.31.01</t>
+  </si>
+  <si>
+    <t>Motorlu kara taşıtlarının genel onarım ve bakımı faaliyetleri</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>1397/99</t>
-[...8 lines deleted...]
-    <t>Demir yolu ve tramvay lokomotifleri, vagonları, bagaj vagonları, lokomotif tenderleri, demir yolu veya tramvay bakım veya servis araçları imalatı (lokomotiflere ve vagonlara ait parçalar ile koltuklarının imalatı hariç)</t>
+    <t>1438/00</t>
+  </si>
+  <si>
+    <t>İRFAN ÇELİK CLK OTO LASTİK</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. NO: 315 İÇ KAPI NO: 3 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>45.31.12</t>
+  </si>
+  <si>
+    <t>Motorlu kara taşıtı lastiklerinin ve jantlarının toptan ticareti (motosiklet ve bisiklet lastiği ve jantları hariç)</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>1398/99</t>
-[...2 lines deleted...]
-    <t>VA-KO VAGON KONTEYNER MAKİNA MÜHENDİSLİK PROJE SANAYİ VE TİCARET ANONİM ŞİRKETİ VAKO 3 ŞUBESİ</t>
+    <t>1445/99</t>
+  </si>
+  <si>
+    <t>KUŞKONMAZ AVANGART MÜHENDİSLİK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MARANGOZLAR 4. CAD. NO: 13/1 BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>1399/99</t>
-[...2 lines deleted...]
-    <t>VA-KO VAGON KONTEYNER MAKİNA MÜHENDİSLİK PROJE SANAYİ VE TİCARET ANONİM ŞİRKETİ VAKO 4 ŞUBESİ</t>
+    <t>331/99</t>
+  </si>
+  <si>
+    <t>DOĞAN KARASÖR SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>4 CADDESİ NO: 30 PK:06730 MARANGOZLAR SAN. SİTESİ BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>1400/99</t>
-[...2 lines deleted...]
-    <t>BEY NASYONEL GRUP OTOMOTİV İNŞAAT İTHALAT İHRACAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>337/99</t>
+  </si>
+  <si>
+    <t>İLHAN İLAVE DİNGİL İNŞAAT NAKLİYAT OTOMOTİV SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAHALLESİ MARANGOZLAR 3. CADDESİ NO: 56 PK: 06730  BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>1429/99</t>
-[...2 lines deleted...]
-    <t>VSB TRAKTÖR OTOMOTİV ANONİM ŞİRKETİ BEYPAZARI AYVAŞIK ŞUBESİ</t>
+    <t>422/00</t>
+  </si>
+  <si>
+    <t>MEHMET EMİN GÖBÜT-KUDRET OTOMOTİV</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÖNER  NO : 11 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>1438/00</t>
-[...8 lines deleted...]
-    <t>Motorlu kara taşıtı lastiklerinin ve jantlarının toptan ticareti (motosiklet ve bisiklet lastiği ve jantları hariç)</t>
+    <t>538/99</t>
+  </si>
+  <si>
+    <t>BEYSAN TREYLER OTOMOTİV SANAYİ İNŞAAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MARANGOZLAR 4. CAD. KÖKSALLAR KAROSER BLOK  NO: 15  İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>1445/99</t>
-[...2 lines deleted...]
-    <t>KUŞKONMAZ AVANGART MÜHENDİSLİK SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>545/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ÜÇELLER KARASÖR OTOMOTİV İNŞAAT PETROL NAKLİYE LOJİSTİK SANAYİ VE TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>AKYAZI MEVKİİ ANKARA YOLU 3.KM BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>331/99</t>
-[...2 lines deleted...]
-    <t>DOĞAN KARASÖR SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>594/00</t>
+  </si>
+  <si>
+    <t>ÖZCAN KARA-ÖZCAN OTO SERVİS LPG DÖNÜŞÜM SİSTEMLERİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK  MAH. DEMİRCİLER 5.  NO : 27 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>45.20.06</t>
+  </si>
+  <si>
+    <t>Motorlu kara taşıtlarının genel bakım ve onarımı (radyatör, klima ve egzoz bakım ve onarımı dahil, aynı işletmede yapılanlar ile elektrik sistemi, tekerlek ve karoser onarım hizmetleri hariç)</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>337/99</t>
-[...2 lines deleted...]
-    <t>İLHAN İLAVE DİNGİL İNŞAAT NAKLİYAT OTOMOTİV SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>698/99</t>
+  </si>
+  <si>
+    <t>YİĞİT TARIM VE HAYVANCILIK İLAVE DİNGİL PETROL NAKLİYATİNŞAAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>4. CADDESİ NO: 16-17 PK:06730 MARANGOZLAR SANAYİ SİTESİ BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>29.20.01</t>
+  </si>
+  <si>
+    <t>Treyler (römork), yarı treyler (yarı römork) ve mekanik hareket ettirici tertibatı bulunmayan diğer araçların parçalarının imalatı (bu araçların karoserleri, kasaları, aksları ve diğer parçaları)</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>422/00</t>
-[...2 lines deleted...]
-    <t>MEHMET EMİN GÖBÜT-KUDRET OTOMOTİV</t>
+    <t>787/99</t>
+  </si>
+  <si>
+    <t>VA-KO VAGON KONTEYNER MAKİNA MÜHENDİSLİK PROJE SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AKYAZI MEVKİİ ANKARA YOLU 3.KM  BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>435/99</t>
-[...2 lines deleted...]
-    <t>ÇİFTEL KAROSER OTOMOTİV İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>795/99</t>
+  </si>
+  <si>
+    <t>DOĞANLAR MOTORLU ARAÇLAR EMLAK İNŞAAT TAAHHÜT TARIM ÜRÜNLERİ HAYVANCILIK AKARYAKIT SİGORTACILIK SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA   ALPARSLAN TÜRKEŞ  NO:323/A BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>538/99</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">  </t>
+    <t>852/99</t>
+  </si>
+  <si>
+    <t>İLHAN MADENCİLİK İNŞAAT NAKLİYAT TARIM HAYVANCILIK SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MH. MARANGOZLAR SANAYİ SİTESİ 4 .CD.NO : 56  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>545/99</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">ÜÇELLER KARASÖR OTOMOTİV İNŞAAT PETROL NAKLİYE LOJİSTİK SANAYİ VE TİCARET LİMİTED ŞİRKETİ </t>
+    <t>872/00</t>
+  </si>
+  <si>
+    <t>HASAN YILMAZ-HAS.SAN KARASÖR SANAYİ</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. MARANGOZLAR SANAYİ SİTESİ 3. NO : 51 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>594/00</t>
-[...8 lines deleted...]
-    <t>Motorlu kara taşıtlarının genel bakım ve onarımı (radyatör, klima ve egzoz bakım ve onarımı dahil, aynı işletmede yapılanlar ile elektrik sistemi, tekerlek ve karoser onarım hizmetleri hariç)</t>
+    <t>915/00</t>
+  </si>
+  <si>
+    <t>ATİLLA UYSAL-ATİLLA OTOMOTİV</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ PAPATYA SK. ÇALIŞKANLAR APT. SİT.  NO: 4 B  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>698/99</t>
-[...58 lines deleted...]
-  <si>
     <t>957/00</t>
   </si>
   <si>
     <t>EMİN KALTALIOĞLU-OTO KARTALLAR</t>
   </si>
   <si>
+    <t>HACIKARA MAH. TAMİRCİLER  NO : 51 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
     <t>45.32.02</t>
   </si>
   <si>
     <t>Motorlu kara taşıtlarının parçalarının belirli bir mala tahsis edilmiş mağazalarda perakende ticareti (dorse, damper, akü dahil, lastik ve camlar ile motosiklet parça ve aksesuarları hariç)</t>
   </si>
   <si>
     <t>RAPOR BAŞLIĞI:</t>
   </si>
   <si>
     <t>ÜYE LISTE DETAY RAPORU</t>
   </si>
   <si>
     <t>RAPOR ALINMA TARIHI:</t>
   </si>
   <si>
-    <t>12/09/2025 08:00</t>
+    <t>19/01/2026 09:04</t>
   </si>
   <si>
     <t>**********************</t>
   </si>
   <si>
     <t>RAPOR PARAMETRELERI</t>
   </si>
   <si>
     <t>DEĞERLER</t>
   </si>
   <si>
     <t>aktifAdres</t>
   </si>
   <si>
     <t>Evet</t>
   </si>
   <si>
     <t>askida</t>
   </si>
   <si>
+    <t>Hayır</t>
+  </si>
+  <si>
     <t>meslekGrubu</t>
   </si>
   <si>
     <t>5FE6B4C688414D</t>
   </si>
   <si>
     <t>faal</t>
   </si>
   <si>
     <t>prmYetkiliGoster</t>
   </si>
   <si>
-    <t>Hayır</t>
-[...1 lines deleted...]
-  <si>
     <t>faks</t>
   </si>
   <si>
     <t>odaBorsaNo</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>baskaOdayaKaydiOlan</t>
   </si>
   <si>
     <t>yanyanaYetkili</t>
   </si>
   <si>
     <t>prmOrtakGoster</t>
+  </si>
+  <si>
+    <t>adresTipi</t>
   </si>
   <si>
     <t>tekrarliTel</t>
   </si>
   <si>
     <t>vergiMatrahi</t>
   </si>
   <si>
     <t>terk</t>
   </si>
   <si>
     <t>cepTel</t>
   </si>
   <si>
     <t>yanyanaOrtak</t>
   </si>
   <si>
     <t>adresEkle</t>
   </si>
   <si>
     <t>telEkle</t>
   </si>
   <si>
     <t>resenMi</t>
   </si>
@@ -674,69 +743,61 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
@@ -1012,1201 +1073,1177 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F43"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C40" sqref="C40"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="G1" sqref="G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="35.140625" customWidth="1"/>
+    <col min="1" max="1" width="17.5703125" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" customWidth="1"/>
+    <col min="3" max="4" width="35.140625" customWidth="1"/>
+    <col min="5" max="5" width="17.5703125" customWidth="1"/>
+    <col min="6" max="6" width="21.42578125" customWidth="1"/>
+    <col min="7" max="7" width="35.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="4" t="s">
+      <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="5" t="s">
+    </row>
+    <row r="2" spans="1:7" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
         <v>7</v>
       </c>
+      <c r="B2" s="4" t="s">
+        <v>8</v>
+      </c>
       <c r="C2" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="A3" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="G2" s="4" t="s">
         <v>15</v>
       </c>
+    </row>
+    <row r="3" spans="1:7" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>17</v>
+      </c>
       <c r="C3" s="4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>19</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      <c r="B4" s="5" t="s">
         <v>20</v>
       </c>
+      <c r="G3" s="4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>23</v>
+      </c>
       <c r="C4" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="4" t="s">
-[...14 lines deleted...]
-        <v>23</v>
+    </row>
+    <row r="5" spans="1:7" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>27</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>29</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-        <v>28</v>
+        <v>30</v>
+      </c>
+      <c r="G5" s="4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>35</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>31</v>
-[...7 lines deleted...]
-        <v>33</v>
+        <v>36</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>39</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>41</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      <c r="B8" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="2" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="G13" s="4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="C8" s="4" t="s">
+      <c r="G14" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="D8" s="4" t="s">
-[...90 lines deleted...]
-      <c r="A13" s="4" t="s">
+    </row>
+    <row r="15" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G15" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="G17" s="4" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="G19" s="4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="G20" s="4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="G21" s="4" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="2" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="G22" s="4" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G23" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G24" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G25" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="B13" s="5" t="s">
+      <c r="G26" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="C13" s="4" t="s">
-[...253 lines deleted...]
-      <c r="A26" s="4" t="s">
+    </row>
+    <row r="27" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G27" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G28" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="G29" s="4" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="G30" s="4" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="B26" s="5" t="s">
+      <c r="G31" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="C26" s="4" t="s">
-[...117 lines deleted...]
-        <v>119</v>
+    </row>
+    <row r="32" spans="1:7" s="2" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A32" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>162</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>120</v>
+        <v>163</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>164</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F32" s="4" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        <v>122</v>
+        <v>20</v>
+      </c>
+      <c r="G32" s="4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>166</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>123</v>
+        <v>167</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>168</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>31</v>
-[...7 lines deleted...]
-        <v>125</v>
+        <v>36</v>
+      </c>
+      <c r="G33" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>170</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>126</v>
+        <v>171</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>172</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F34" s="4" t="s">
-        <v>31</v>
-[...7 lines deleted...]
-        <v>129</v>
+        <v>36</v>
+      </c>
+      <c r="G34" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>174</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>130</v>
+        <v>175</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>176</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>31</v>
-[...7 lines deleted...]
-        <v>132</v>
+        <v>52</v>
+      </c>
+      <c r="G35" s="4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="2" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A36" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>178</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>133</v>
+        <v>179</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>180</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="F36" s="4" t="s">
-        <v>135</v>
-[...139 lines deleted...]
-        <v>160</v>
+        <v>181</v>
+      </c>
+      <c r="G36" s="4" t="s">
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:B33"/>
+  <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>161</v>
+        <v>183</v>
       </c>
       <c r="B1" t="s">
-        <v>162</v>
+        <v>184</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>163</v>
+        <v>185</v>
       </c>
       <c r="B2" t="s">
-        <v>164</v>
+        <v>186</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="B3" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>166</v>
+        <v>188</v>
       </c>
       <c r="B4" t="s">
-        <v>167</v>
+        <v>189</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>168</v>
+        <v>190</v>
       </c>
       <c r="B6" t="s">
-        <v>169</v>
+        <v>191</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>170</v>
+        <v>192</v>
       </c>
       <c r="B7" t="s">
-        <v>169</v>
+        <v>193</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>171</v>
+        <v>194</v>
       </c>
       <c r="B8" t="s">
-        <v>172</v>
+        <v>195</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="B9" t="s">
-        <v>169</v>
+        <v>191</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="B10" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>176</v>
+        <v>198</v>
       </c>
       <c r="B11" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>177</v>
+        <v>199</v>
       </c>
       <c r="B12" t="s">
-        <v>178</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>179</v>
+        <v>201</v>
       </c>
       <c r="B13" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>180</v>
+        <v>202</v>
       </c>
       <c r="B14" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>181</v>
+        <v>203</v>
       </c>
       <c r="B15" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>182</v>
+        <v>204</v>
       </c>
       <c r="B16" t="s">
-        <v>175</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="B17" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="B18" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>185</v>
+        <v>207</v>
       </c>
       <c r="B19" t="s">
-        <v>169</v>
+        <v>193</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>186</v>
+        <v>208</v>
       </c>
       <c r="B20" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>187</v>
+        <v>209</v>
       </c>
       <c r="B21" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>188</v>
+        <v>210</v>
       </c>
       <c r="B22" t="s">
-        <v>169</v>
+        <v>191</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>189</v>
+        <v>211</v>
       </c>
       <c r="B23" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>190</v>
+        <v>212</v>
       </c>
       <c r="B24" t="s">
-        <v>169</v>
+        <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>191</v>
+        <v>213</v>
       </c>
       <c r="B25" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>192</v>
+        <v>214</v>
       </c>
       <c r="B26" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
+        <v>215</v>
+      </c>
+      <c r="B27" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>194</v>
+        <v>216</v>
       </c>
       <c r="B28" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>195</v>
+        <v>217</v>
       </c>
       <c r="B29" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>196</v>
+        <v>218</v>
       </c>
       <c r="B30" t="s">
-        <v>127</v>
+        <v>193</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="B31" t="s">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>198</v>
+        <v>220</v>
       </c>
       <c r="B32" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>199</v>
+        <v>221</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>193</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>222</v>
+      </c>
+      <c r="B34" t="s">
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Veriler</vt:lpstr>