--- v0 (2025-10-10)
+++ v1 (2026-02-03)
@@ -1,710 +1,850 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BTO\OneDrive\Desktop\2025 İŞ PLANI\2025 SMS - WEB ÜYE\2025 SMS SİSTEMİ\EYLÜL\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\ORTAK\AKREDİTASYON\SOSYAL MEDYA- WEB- SMS\2025 SMS - WEB ÜYE\2025 WEB SAYFASI\ARALIK 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE25B76F-2429-4535-A42D-EA5DEF76AF96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3A4DF2F5-0D41-4A23-88A1-52412335D96B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Veriler" sheetId="1" r:id="rId1"/>
     <sheet name="Parametreler" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="261">
   <si>
     <t>SIRA NO</t>
   </si>
   <si>
     <t>UYE SICIL NO</t>
   </si>
   <si>
     <t>UNVAN</t>
   </si>
   <si>
+    <t>ADRES</t>
+  </si>
+  <si>
+    <t>MESLEK GRUBU</t>
+  </si>
+  <si>
     <t>NACE FAALIYET KODU</t>
   </si>
   <si>
     <t>NACE FAALIYET ADI</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>042/99</t>
-[...8 lines deleted...]
-    <t>Televizyon programcılığı ve yayıncılığı faaliyetleri</t>
+    <t>086/99</t>
+  </si>
+  <si>
+    <t>AKBAY KUYUMCULUK TURİZM İNŞAAT NAKLİYAT OTOMOTİV GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Tescil Adresi</t>
+  </si>
+  <si>
+    <t>BELEDİYE İŞ HANI   NO : 44 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>07. MESLEK GRUBU</t>
+  </si>
+  <si>
+    <t>47.77.01</t>
+  </si>
+  <si>
+    <t>Altın ve diğer değerli metallerden takı, eşya ve mücevherat perakende ticareti (kuyumculuk ürünleri perakende ticareti dahil, gümüşten olanlar hariç)</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>087/99</t>
   </si>
   <si>
     <t>İNCESU KUYUMCULUK İNŞAAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
-    <t>47.77.01</t>
-[...2 lines deleted...]
-    <t>Altın ve diğer değerli metallerden takı, eşya ve mücevherat perakende ticareti (kuyumculuk ürünleri perakende ticareti dahil, gümüşten olanlar hariç)</t>
+    <t>KURTULUŞ MAHALLESİ İRFAN GÜMÜŞEL CAD. BELEDİYE İŞHANI SİT.  NO: 12/37  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>088/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ÜNLÜ ORTAKLAR KUYUMCULUK TURİZM VE İNŞAAT SANAYİVE TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>BELEDİYE İŞ HANI NO:4906730BEYPAZARI BELEDİYE İŞ HANI BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>089/99</t>
   </si>
   <si>
     <t>KILAVUZ KARDEŞLER DAYANIKLI TÜKETİM MALLARI GIDA TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>İRFAN GÜMÜŞEL CADDESİ NO: 57 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>47.54.01</t>
   </si>
   <si>
     <t>Beyaz eşya ve elektrikli küçük ev aleti perakende ticareti (radyo, televizyon ve fotoğrafçılık ürünleri hariç)</t>
   </si>
   <si>
-    <t>4</t>
+    <t>5</t>
   </si>
   <si>
     <t>091/99</t>
   </si>
   <si>
     <t>BAĞLARLI DAYANIKLI TÜKETİM MALLARI SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
-    <t>5</t>
+    <t>KURTULUŞ MAH. İRFAN GÜMÜŞEL   NO : 6 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>6</t>
   </si>
   <si>
     <t>1025/99</t>
   </si>
   <si>
     <t>SEVAL İLETİŞİM TELEKOMÜNİKASYON GIDA İNŞAAT NAKLİYAT TEKSTİL SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
+    <t>KURTULUŞ MAHALLESİ MİLLİ EGEMENLİK CADDESİ NO: 3/4 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
+  </si>
+  <si>
     <t>47.42.01</t>
   </si>
   <si>
     <t>Belirli bir mala tahsis edilmiş mağazalarda telekomünikasyon teçhizatının perakende ticareti (telefon, cep telefonu, faks vb.)</t>
   </si>
   <si>
-    <t>6</t>
+    <t>7</t>
   </si>
   <si>
     <t>1035/99</t>
   </si>
   <si>
     <t>ERENİ TARIM HAYVANCILIK İNŞAAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
-    <t>7</t>
-[...5 lines deleted...]
-    <t>ELECTRO CİTY BİLGİSAYAR SİSTEMLERİ İLETİŞİM DAYANIKLI TÜKETİM MADDELERİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>BEYTEPE MAH. MÜFTÜZADE İZZET EFENDİ SK. NO:1 BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>1042/00</t>
   </si>
   <si>
     <t>HALİL İBRAHİM GÜNEŞ AHİ GÜMÜŞ</t>
   </si>
   <si>
+    <t>KURTULUŞ MAHALLESİ İRFAN GÜMÜŞEL CADDESİ BELEDİYE İŞ HANI  SOKAK NO:20/41 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
     <t>47.77.02</t>
   </si>
   <si>
     <t>Gümüş takı, eşya ve mücevherat perakende ticareti (gümüşçü ürünleri perakende ticareti)</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>1068/99</t>
-[...8 lines deleted...]
-    <t>Telekomünikasyon ekipman ve parçalarının toptan ticareti (telefon ve iletişim ekipmanları dahil)</t>
+    <t>1118/99</t>
+  </si>
+  <si>
+    <t>MS BEYPAZARI MAĞAZACILIK İNŞAAT İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ İRFAN GÜMÜŞEL CAD. BEYPALAS OTEL SİT.  NO: 47 A  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>1118/99</t>
-[...2 lines deleted...]
-    <t>MS BEYPAZARI MAĞAZACILIK İNŞAAT İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>1164/99</t>
+  </si>
+  <si>
+    <t>BEYPAZARI OTOMOTİV İNŞAAT TEKNİK SERVİS HİZMETLERİ NAKLİYE TAAHHÜT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ANAFARTALAR SK. NO: 8 B/ BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>95.22.01</t>
+  </si>
+  <si>
+    <t>Evde kullanılan elektrikli cihazların onarım ve bakımı</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>1137/99</t>
-[...8 lines deleted...]
-    <t>Tıbbi ve ortopedik ürünlerin perakende ticareti</t>
+    <t>1169/99</t>
+  </si>
+  <si>
+    <t>YLD DAYANIKLI TÜKETİM MALLARI PAZARLAMA İNŞAAT SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ÜNAL GEREDELİOĞLU SK.  NO: 4BB BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47.55.03</t>
+  </si>
+  <si>
+    <t>Ev mobilyalarının ve aksesuarlarının perakende ticareti (baza, somya, karyola dahil; hasır ve sepetçi söğüdü gibi malzemelerden olanlar hariç)</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>1164/99</t>
-[...8 lines deleted...]
-    <t>Evde kullanılan elektrikli cihazların onarım ve bakımı</t>
+    <t>1177/99</t>
+  </si>
+  <si>
+    <t>BEYLONA BEYPAZARI MAĞAZACILIK İNŞAAT İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ALPARSLAN TÜRKEŞ BLV. FARUK İNCEKARA SİT.  NO: 337 A/_  BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>1169/99</t>
-[...2 lines deleted...]
-    <t>YLD DAYANIKLI TÜKETİM MALLARI PAZARLAMA İNŞAAT SANAYİ VE TİCARET ANONİM ŞİRKETİ</t>
+    <t>1193/99</t>
+  </si>
+  <si>
+    <t>GENÇTÜRK KUYUMCULUK TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK CAD.  NO: 2E BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>1318/99</t>
+  </si>
+  <si>
+    <t>ST BİLGİSAYAR ELEKTRONİK İTHALAT İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. FATİH CAD.  NO: 49G BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47.41.01</t>
+  </si>
+  <si>
+    <t>Belirli bir mala tahsis edilmiş mağazalarda bilgisayarların, çevre donanımlarının ve yazılımların perakende ticareti (video oyun konsolları dahil)</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>1363/99</t>
+  </si>
+  <si>
+    <t>BARAKAT GRUP COMPANY İLETİŞİM İTHALAT İHRACAT LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAH. DEVELİK SK. KÖKSAL ILETIŞIM BLOK  NO: 37 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>47.40.02</t>
+  </si>
+  <si>
+    <t>Telekomünikasyon teçhizatının perakende ticareti</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>1374/99</t>
+  </si>
+  <si>
+    <t>ZENET TELEKOMÜNİKASYON HİZMETLERİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. SANAYİCİLER MESKEN 4 SK. NO: 7A BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>61.20.03</t>
+  </si>
+  <si>
+    <t>Kablosuz ağlar üzerinden internet erişiminin sağlanması</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>1401/99</t>
+  </si>
+  <si>
+    <t>UMUT UYAR MOBİLYA SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ MAH. ALPARSLAN TÜRKEŞ BUL. NO: 381E BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>47.59.03</t>
   </si>
   <si>
     <t>Belirli bir mala tahsis edilmiş mağazalarda ev mobilyalarının ve aksesuarlarının perakende ticareti (baza, somya, karyola dahil, hasır ve sepetçi söğüdü gibi malzemelerden olanlar hariç)</t>
   </si>
   <si>
-    <t>14</t>
-[...46 lines deleted...]
-  <si>
     <t>18</t>
   </si>
   <si>
-    <t>1318/99</t>
-[...8 lines deleted...]
-    <t>Belirli bir mala tahsis edilmiş mağazalarda bilgisayarların, çevre donanımlarının ve yazılımların perakende ticareti (video oyun konsolları dahil)</t>
+    <t>1444/00</t>
+  </si>
+  <si>
+    <t>NACİ DEMİR NRD FİLM</t>
+  </si>
+  <si>
+    <t>AYVAŞIK MAH. ŞAİR HASAN HÜSEYİN YURDABAK CAD. NO: 5/18 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>73.11.01</t>
+  </si>
+  <si>
+    <t>Reklam ajanslarının faaliyetleri (kullanılacak medyanın seçimi, reklamın tasarımı, sözlerin yazılması, reklam filmleri için senaryonun yazımı, satış noktalarında reklam ürünlerinin gösterimi ve sunumu vb.)</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>1363/99</t>
-[...2 lines deleted...]
-    <t>BARAKAT GRUP COMPANY İLETİŞİM İTHALAT İHRACAT LİMİTED ŞİRKETİ</t>
+    <t>1470/99</t>
+  </si>
+  <si>
+    <t>MPLUS SAĞLIK VE TEKNOLOJİ ÜRÜNLERİ İTHALAT İHRACAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. UZUN SK. NO: 20 İÇ KAPI NO: 1 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>46.46.01</t>
+  </si>
+  <si>
+    <t>Cerrahi, tıbbi ve ortopedik alet ve cihazların toptan ticareti</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>1374/99</t>
-[...8 lines deleted...]
-    <t>Kablosuz ağlar üzerinden internet erişiminin sağlanması</t>
+    <t>1482/99</t>
+  </si>
+  <si>
+    <t>NEVRA WORKS CREATIVE MEDYA HİZMETLERİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. MADADIN SK. ARBIL YAPI SİTESİ A BLOK NO: 8 İÇ KAPI NO: 6 BEYPAZARI / ANKARA</t>
+  </si>
+  <si>
+    <t>74.20.27</t>
+  </si>
+  <si>
+    <t>Etkinlik fotoğrafçılığı ve etkinliklerin videoya çekilmesi faaliyetleri (düğün, mezuniyet, konferans, resepsiyon, moda gösterileri, spor ve diğer ilgi çekici olayların fotoğraflanması veya videoya çekilmesi)</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>1395/99</t>
-[...8 lines deleted...]
-    <t>Bilgisayar danışmanlık faaliyetleri (donanım gereksinimleri gibi donanımla ilgili bilişim konularında uzman görüşü sağlanması, bilgisayar gereksinimlerinin belirlenmesi, bilgisayar sistemlerinin planlanması ve tasarlanması vb.)</t>
+    <t>166/00</t>
+  </si>
+  <si>
+    <t>SUZAN KETENCİOĞLU</t>
+  </si>
+  <si>
+    <t>ANKARA  NO : 58 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>47.73.01</t>
+  </si>
+  <si>
+    <t>Eczacılık ürünlerinin perakende ticareti</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>1401/99</t>
-[...2 lines deleted...]
-    <t>UMUT UYAR MOBİLYA SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>347/99</t>
+  </si>
+  <si>
+    <t>SARRAFPAŞAOĞLU KUYUMCULUK İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BELEDİYE İŞ HANI  NO : 62 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>1444/00</t>
-[...8 lines deleted...]
-    <t>Reklam ajanslarının faaliyetleri (kullanılacak medyanın seçimi, reklamın tasarımı, sözlerin yazılması, reklam filmleri için senaryonun yazımı, satış noktalarında reklam ürünlerinin gösterimi ve sunumu vb.)</t>
+    <t>354/00</t>
+  </si>
+  <si>
+    <t>ALİ YAMAN</t>
+  </si>
+  <si>
+    <t>KAPAN   NO : 31 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>1470/99</t>
-[...8 lines deleted...]
-    <t>Cerrahi, tıbbi ve ortopedik alet ve cihazların toptan ticareti</t>
+    <t>372/99</t>
+  </si>
+  <si>
+    <t>İSTANBUL HALI VE MOBİLYA SARAYI SANAYİ VE TİCARET LİMİTED ŞİRKETİ-BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>MİLLİ EGEMENLİK CADDESİ NO: 5 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>1482/99</t>
-[...8 lines deleted...]
-    <t>Etkinlik fotoğrafçılığı ve etkinliklerin videoya çekilmesi faaliyetleri (düğün, mezuniyet, konferans, resepsiyon, moda gösterileri, spor ve diğer ilgi çekici olayların fotoğraflanması veya videoya çekilmesi)</t>
+    <t>382/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BİLTAŞ BİLGİSAYAR EĞİTİM ELEKTRONİK İNŞAAT TURİZM GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ  </t>
+  </si>
+  <si>
+    <t>HACIKARA MAHALLESİ ŞEHİT ÜMİT BÖLÜKOĞLU CAD. AYAN APT. Sit.  NO: 4 B  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>47.40.01</t>
+  </si>
+  <si>
+    <t>Bilgisayarların, çevre donanımlarının ve yazılımların perakende ticareti</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>166/00</t>
-[...8 lines deleted...]
-    <t>Eczacılık ürünlerinin perakende ticareti</t>
+    <t>425/00</t>
+  </si>
+  <si>
+    <t>FATMA BELGİN EMRELLİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ İRFAN GÜMÜŞEL  CADDE NO:12 ( BELEDİYE İŞHANI )/52 _ ADRES NO: 1181596956 OFİS VE İŞYERİ BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>347/99</t>
-[...2 lines deleted...]
-    <t>SARRAFPAŞAOĞLU KUYUMCULUK İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>458/99</t>
+  </si>
+  <si>
+    <t>TÜRKOĞLU DAYANIKLI TÜKETİM MALLARI GIDA İNŞAAT NAKLİYAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BEYTEPE MAHALLESİ İRFAN GÜMÜŞEL CADDESİ NO: 59/21 PK:06730 DR.İSMET BİLGİÇ İŞ HANI BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>354/00</t>
-[...2 lines deleted...]
-    <t>ALİ YAMAN</t>
+    <t>489/99</t>
+  </si>
+  <si>
+    <t>KARANFİL DAĞITIM TANITIM VE PAZARLAMA TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. ALPARSLAN TÜRKEŞ BUL. NO: 347B BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>372/99</t>
-[...2 lines deleted...]
-    <t>İSTANBUL HALI VE MOBİLYA SARAYI SANAYİ VE TİCARET LİMİTED ŞİRKETİ-BEYPAZARI ŞUBESİ</t>
+    <t>498/99</t>
+  </si>
+  <si>
+    <t>MERVE KUYUMCULUK GÜMÜŞ TURİZM GIDA İTHALAT İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>HACIKARA  HACIKARA 1  NO:6/2 BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>382/99</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">BİLTAŞ BİLGİSAYAR EĞİTİM ELEKTRONİK İNŞAAT TURİZM GIDA SANAYİ VE TİCARET LİMİTED ŞİRKETİ  </t>
+    <t>564/00</t>
+  </si>
+  <si>
+    <t>SEBAHAT TÜRKOĞLU-ELİF GÜMÜŞ</t>
+  </si>
+  <si>
+    <t>CUMHURİYET MAHALLESİ KÖST YOLU SOKAK NO: 17 PK:06730  BEYPAZARI/ANKARA/Türkiye</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>425/00</t>
-[...2 lines deleted...]
-    <t>FATMA BELGİN EMRELLİ</t>
+    <t>565/00</t>
+  </si>
+  <si>
+    <t>SELFET DÜNDAR-GENÇLER AV BAYİİ</t>
+  </si>
+  <si>
+    <t>RÜSTEMPAŞA MAH. SULUHAN  NO : 15 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>47.64.01</t>
+  </si>
+  <si>
+    <t>Belirli bir mala tahsis edilmiş mağazalarda bys. avcılık ve balıkçılık teçhizatı ile malzemelerinin perakende ticareti (sportif/avcılık amaçlı tüfekler ve mühimmatları ile olta çubuğu, iğnesi ve mantarları ile yapma balıklar, yapma kuşlar, vb.)</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>446/99</t>
-[...2 lines deleted...]
-    <t>PAŞAOĞLU KUYUMCULUK İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>687/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CEVİZLİ TURİZM GIDA İNŞAAT TAAHHÜT SANAYİ VE TİCARET LİMİTED ŞİRKETİ </t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. MİLLİ EGEMENLİK  NO : 58 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>47.78.04</t>
+  </si>
+  <si>
+    <t>Hediyelik eşyaların, el işi ürünlerin ve imitasyon takıların perakende ticareti (sanat eserleri hariç)</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>458/99</t>
-[...2 lines deleted...]
-    <t>TÜRKOĞLU DAYANIKLI TÜKETİM MALLARI GIDA İNŞAAT NAKLİYAT SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
+    <t>730/00</t>
+  </si>
+  <si>
+    <t>ÖMER İNAN</t>
+  </si>
+  <si>
+    <t>MİLLİ EGEMENLİK 210 ADA 42 PARSEL  BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>489/99</t>
-[...2 lines deleted...]
-    <t>KARANFİL DAĞITIM TANITIM VE PAZARLAMA TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+    <t>783/00</t>
+  </si>
+  <si>
+    <t>HAKKI EMCİ-HAKKI GÜMÜŞ</t>
+  </si>
+  <si>
+    <t>ZAFER MAH. DEMİRCİLER  NO : 67 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>498/99</t>
-[...2 lines deleted...]
-    <t>MERVE KUYUMCULUK GÜMÜŞ TURİZM GIDA İTHALAT İHRACAT TİCARET LİMİTED ŞİRKETİ</t>
+    <t>786/99</t>
+  </si>
+  <si>
+    <t>SUDEREN KUYUMCULUK TURİZM TARIM HAYVANCILIK İNŞAAT SANAYİ İÇ VE DIŞ TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>İRFAN GÜMÜŞEL BELEDİYE İŞ HANI NO : 19 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>511/99</t>
-[...2 lines deleted...]
-    <t>USTAOĞLU TEKNOLOJİ MARKET MÜHENDİSLİK İLETİŞİM BİLGİSAYAR ELEKTRİK ELEKTRONİK TURİZM İNŞAAT TAAHHÜT MADENCİLİK NAKLİYAT SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+    <t>792/99</t>
+  </si>
+  <si>
+    <t>BEY DEKOR MOBİLYA DAYANIKLI TÜKETİM EV TEKSTİLİ OTOMOTİV İNŞAAT NAKLİYAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. ALPARSLAN TÜRKEŞ BUL. YÖREMIZ 5 SİTESİ NO: 226A/A BEYPAZARI / ANKARA</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>540/99</t>
-[...8 lines deleted...]
-    <t>Belirli bir mala tahsis edilmemiş mağazalarda yapılan diğer perakende ticaret (giyim eşyası, mobilya, bilgisayar, hırdavat, kozmetik, mücevher, oyuncak vb. reyonları olan mağazalar (gıda, içecek ve tütün ağırlıklı olmayanlar))</t>
+    <t>803/99</t>
+  </si>
+  <si>
+    <t>İNAN TARIM HAYVANCILIK VETERİNERLİK TEKSTİL GIDA İNŞAAT TURİZM SANAYİ VE TİCARET LİMİTED ŞİRKETİ</t>
+  </si>
+  <si>
+    <t>BAŞAĞAÇ EYÜP GÜNDOĞAN   NO:10/A BEYPAZARI/ANKARA</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>564/00</t>
-[...2 lines deleted...]
-    <t>SEBAHAT TÜRKOĞLU-ELİF GÜMÜŞ</t>
+    <t>820/00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUHİYE GÖKMEN-MANDUZ KAFE VE YÖRESEL GIDA SARAYI </t>
+  </si>
+  <si>
+    <t>ZAFER MAH. KALEKAPISI TABAKLAR APT. NO : 1 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>565/00</t>
-[...8 lines deleted...]
-    <t>Belirli bir mala tahsis edilmiş mağazalarda bys. avcılık ve balıkçılık teçhizatı ile malzemelerinin perakende ticareti (sportif/avcılık amaçlı tüfekler ve mühimmatları ile olta çubuğu, iğnesi ve mantarları ile yapma balıklar, yapma kuşlar, vb.)</t>
+    <t>856/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ÖZ KIRTASİYE BÜRO MALZEMELERİ ELEKTRONİK TURİZM İLETİŞİM GIDA İNŞAAT NAKLİYAT SANAYİ TİCARET LİMİTED ŞİRKETİ  </t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAH. KEMAL MİLASLI CD.NO:1/B BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>47.62.01</t>
+  </si>
+  <si>
+    <t>Kırtasiye ürünlerinin perakende ticareti</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>687/99</t>
-[...8 lines deleted...]
-    <t>Hediyelik eşyaların, el işi ürünlerin ve imitasyon takıların perakende ticareti (sanat eserleri hariç)</t>
+    <t>922/99</t>
+  </si>
+  <si>
+    <t>ÖZ KIRTASİYE BÜRO MALZEMELERİ ELEKTRONİK TURİZM İLETİŞİM GIDA İNŞAAT NAKLİYAT SANAYİ TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ</t>
+  </si>
+  <si>
+    <t>HACIKARA MAH. MEVLEVİ SK. NO : 9/7 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>730/00</t>
-[...2 lines deleted...]
-    <t>ÖMER İNAN</t>
+    <t>929/99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEY-TAT TARIM HAYVANCILIK ÜRETİM GIDA İNŞAAT TURİZM NAKLİYE İTHALAT İHRACAT PAZARLAMA SANAYİ VE TİCARET LİMİTED ŞİRKETİ BEYPAZARI ŞUBESİ </t>
+  </si>
+  <si>
+    <t>MAH. İRFAN GÜMÜŞEL  NO : 15 BEYPAZARI  ANKARA</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>783/00</t>
-[...2 lines deleted...]
-    <t>HAKKI EMCİ-HAKKI GÜMÜŞ</t>
+    <t>955/00</t>
+  </si>
+  <si>
+    <t>ÖNER GÜLER-ÖNER OPTİK</t>
+  </si>
+  <si>
+    <t>KURTULUŞ MAHALLESİ MİLLİ EGEMENLİK CAD. ÖMER İNAN APT. SİT.  NO: 33 A/_  BEYPAZARI/ANKARA</t>
+  </si>
+  <si>
+    <t>47.78.03</t>
+  </si>
+  <si>
+    <t>Belirli bir mala tahsis edilmiş mağazalarda gözlük, kontak lens, gözlük camı vb. perakende ticareti (gözlükçülerin hizmetleri)</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>792/99</t>
-[...107 lines deleted...]
-  <si>
     <t>958/00</t>
   </si>
   <si>
     <t>İHSAN YAVAŞ - YAVAŞZADE OPTİK-1</t>
   </si>
   <si>
-    <t xml:space="preserve">KOMİTE </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">7. KOMİTE </t>
+    <t>AYVAŞIK MAH. DR.HAMDİ SOYSAL  NO : 2 BEYPAZARI  ANKARA</t>
+  </si>
+  <si>
+    <t>RAPOR BAŞLIĞI:</t>
+  </si>
+  <si>
+    <t>ÜYE LISTE DETAY RAPORU</t>
+  </si>
+  <si>
+    <t>RAPOR ALINMA TARIHI:</t>
+  </si>
+  <si>
+    <t>19/01/2026 09:24</t>
+  </si>
+  <si>
+    <t>**********************</t>
+  </si>
+  <si>
+    <t>RAPOR PARAMETRELERI</t>
+  </si>
+  <si>
+    <t>DEĞERLER</t>
+  </si>
+  <si>
+    <t>aktifAdres</t>
+  </si>
+  <si>
+    <t>Evet</t>
+  </si>
+  <si>
+    <t>askida</t>
+  </si>
+  <si>
+    <t>Hayır</t>
+  </si>
+  <si>
+    <t>meslekGrubu</t>
+  </si>
+  <si>
+    <t>5FE6B4C688474D</t>
+  </si>
+  <si>
+    <t>faal</t>
+  </si>
+  <si>
+    <t>prmYetkiliGoster</t>
+  </si>
+  <si>
+    <t>faks</t>
+  </si>
+  <si>
+    <t>odaBorsaNo</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>baskaOdayaKaydiOlan</t>
+  </si>
+  <si>
+    <t>yanyanaYetkili</t>
+  </si>
+  <si>
+    <t>prmOrtakGoster</t>
+  </si>
+  <si>
+    <t>adresTipi</t>
+  </si>
+  <si>
+    <t>tekrarliTel</t>
+  </si>
+  <si>
+    <t>vergiMatrahi</t>
+  </si>
+  <si>
+    <t>terk</t>
+  </si>
+  <si>
+    <t>cepTel</t>
+  </si>
+  <si>
+    <t>yanyanaOrtak</t>
+  </si>
+  <si>
+    <t>adresEkle</t>
+  </si>
+  <si>
+    <t>telEkle</t>
+  </si>
+  <si>
+    <t>resenMi</t>
+  </si>
+  <si>
+    <t>tasfiye</t>
+  </si>
+  <si>
+    <t>buroTel</t>
+  </si>
+  <si>
+    <t>yazismaAdresi</t>
+  </si>
+  <si>
+    <t>epostaGoster</t>
+  </si>
+  <si>
+    <t>isTel</t>
+  </si>
+  <si>
+    <t>evTel</t>
+  </si>
+  <si>
+    <t>etiket</t>
+  </si>
+  <si>
+    <t>organUyesiOlanlar</t>
+  </si>
+  <si>
+    <t>birincilTel</t>
+  </si>
+  <si>
+    <t>webEkle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -717,75 +857,58 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
@@ -1061,1161 +1184,1363 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F54"/>
+  <dimension ref="A1:G44"/>
   <sheetViews>
-    <sheetView topLeftCell="A49" workbookViewId="0">
-      <selection activeCell="H6" sqref="H6"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.42578125" style="3" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="35.140625" customWidth="1"/>
+    <col min="1" max="1" width="10.42578125" customWidth="1"/>
+    <col min="2" max="2" width="15.140625" customWidth="1"/>
+    <col min="3" max="4" width="35.140625" customWidth="1"/>
+    <col min="5" max="6" width="17.5703125" customWidth="1"/>
+    <col min="7" max="7" width="35.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="6" t="s">
+      <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="7" t="s">
+      <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="8" t="s">
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="1" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="E1" s="6" t="s">
-[...16 lines deleted...]
-      <c r="D2" s="5" t="s">
+      <c r="C43" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="E2" s="5" t="s">
-[...1043 lines deleted...]
-        <v>208</v>
+      <c r="D43" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1"/>
+  <dimension ref="A1:B34"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B1" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>223</v>
+      </c>
+      <c r="B2" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B3" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>226</v>
+      </c>
+      <c r="B4" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>228</v>
+      </c>
+      <c r="B6" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>230</v>
+      </c>
+      <c r="B7" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>232</v>
+      </c>
+      <c r="B8" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>234</v>
+      </c>
+      <c r="B9" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>235</v>
+      </c>
+      <c r="B10" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>236</v>
+      </c>
+      <c r="B11" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>237</v>
+      </c>
+      <c r="B12" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>239</v>
+      </c>
+      <c r="B13" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>240</v>
+      </c>
+      <c r="B14" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>241</v>
+      </c>
+      <c r="B15" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>242</v>
+      </c>
+      <c r="B16" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>243</v>
+      </c>
+      <c r="B17" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>244</v>
+      </c>
+      <c r="B18" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>245</v>
+      </c>
+      <c r="B19" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>246</v>
+      </c>
+      <c r="B20" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>247</v>
+      </c>
+      <c r="B21" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>248</v>
+      </c>
+      <c r="B22" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>249</v>
+      </c>
+      <c r="B23" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>250</v>
+      </c>
+      <c r="B24" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>251</v>
+      </c>
+      <c r="B25" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>252</v>
+      </c>
+      <c r="B26" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>253</v>
+      </c>
+      <c r="B27" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>254</v>
+      </c>
+      <c r="B28" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>255</v>
+      </c>
+      <c r="B29" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>256</v>
+      </c>
+      <c r="B30" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>257</v>
+      </c>
+      <c r="B31" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>258</v>
+      </c>
+      <c r="B32" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>259</v>
+      </c>
+      <c r="B33" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>260</v>
+      </c>
+      <c r="B34" t="s">
+        <v>231</v>
+      </c>
+    </row>
+  </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Veriler</vt:lpstr>
       <vt:lpstr>Parametreler</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>